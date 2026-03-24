--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -10,158 +10,758 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="576" uniqueCount="236">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2412</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>CARLINHOS REIS</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 01/2026 SOLICITA DA GESTÃO MUNICIPAL A IMPLANTAÇÃO DE UM PROGRAMA DE PREVENÇÃO E COMBATE À INCÊNDIO NO CENTRO DA CIDADE, COM A INSTALAÇÃO DE HIDRANTES E EXTINTORES DE INCÊNDIO, ESPECIALMENTE NA FEIRA MUNICIPAL, PELO GRANDE NÚMERO DE PESSOAS QUE TRANSITAM NESTE EQUIPAMENTO PÚBLICO.</t>
+  </si>
+  <si>
+    <t>2413</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PROF. DOUGLAS COSTA</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 02/2026 SOLICTA DO PODER EXECUTIVO A DISPONIBILIDADE DE TRANSPORTE TIPO VAN, DE FORMA DIÁRIA, PARA ATENDER A COMUNIDADE DO CONJUNTO MARGARIDA PROCÓPIO, NO DESLOCAMENTO PARA A UBS ROBERTO LUNA, NO LOTEAMENTO COLORADO, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>2414</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>JEFFERSON ALEXANDRE</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 03/2026 SOLICITA DA GESTÃO MUNICIPAL ASSEGURAR AOS PROFISSIONAIS DO MAGISTÉRIO DA REDE MUNICIPAL DE ENSINO O PAGAMENTO DO PISO NACIONAL DA CATEGORIA, BEM COMO CONCEDER O MESMO REAJUSTE PERCENTUAL A TODOS OS DEMAIS PROFISSIONAIS QUE ATUAM NA EDUCAÇÃO MUNICIPAL, SEJA EM FUNÇÕES ADMINISTRATIVAS OU DE APOIO.</t>
+  </si>
+  <si>
+    <t>2415</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>ISMAEL FERREIRA</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 04/2026 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM EQUIPAMENTO PÚBLICO DE CONVIVÊCIA E LAZER, COM QUADRA POLIESPORTIVA, PARA OS FUTUROS MORADORES DO CONJUNTO RESIDENCIAL BENEDITO DE LIRA , BAIRRO GUSTAVO PAIVA, NESTE CIDADE.</t>
+  </si>
+  <si>
+    <t>2416</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>NADIELLE RUFINO</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 05/2025 SOLICITA DA GESTÃO MUNICIPAL A AQUISIÇÃO DE UMA ÁREA, BEM COMO A CONSTRUÇÃO DE UM NOVO EDIFÍCIO SEDE PARA A CÂMARA MUNICIPAL DE RIO LARGO/AL, UMA VEZ QUE O ATUAL NÃO MAIS COMPORTA ADEQUADAMENTE OS TRABALHOS DO LEGISLATIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>2417</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>CAMILLY CORREIA</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 06/2026 SOLICITA AO PODER EXCUTIVO MUNICIPAL A CRIAÇÃO DE ESTRUTURA ADMINISTRATIVA ESPECÍFICA PARA O RECEBIMENTO E ACOMPANHAMENTO DE DENÙNCIS DE MAUS-TRATOS CONTR ANIMAIS, GARANTINDI SIGILO, RESPOSTA IMEDIATA E CONTROLE DAS PROVIDÊNCIAS ADOTADAS.</t>
+  </si>
+  <si>
+    <t>2418</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>DR. IZAQUE</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 07/2026 SOLICITA DA GESTÃO MUNICIPSAL A CONCLUSÃO DA OBRA DO PRÉDIO DESTINADO PARA UMA UNIDADE BÁSICA DE SÚDE LOCALIZADO NO CONJUNTO RESIDENCIAL BENEDITO DE LIRA, LOCALIZADO NO BAIRRO GUSTAVO PAIVA, PARA ATENDER AOS FUTUROS MORADORES DAQUELA LOCALIDADE.</t>
+  </si>
+  <si>
+    <t>2423</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2423/indicacao_08.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 08/2026 SOLICITA DO PODER EXECUTIVO A CONSTRUÇÃO DE UM CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL-CRAS NO BAIRRO BRASIL NOVO, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>2431</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>EFRAIN VERÇOLINO</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2431/indicacao_09.2026.pdf</t>
+  </si>
+  <si>
+    <t>IND Nº 09/2026 - SOLICITA DA GESTÃO MUNICIPAL A NECESSIDADE DESIGNAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE E AGENTE DE COMBATE AS ENDEMIAS DEVIDAMENTE HABILITADOS NA CATEGORIA "A", BEM COMO FORNECIMENTO DE MOTOCICLETAS PARA DESEMPENHO DAS SUAS ATIVIDADES NA ZONA RURAL DO MUNICÍPIO DE RIO LARGO, ESPECIALMENTE NAS LOCALIDADES DE CANOAS E UTINGA, ALÉM DAS DIVERSAS FAZENDAS SITUADAS NA ZONA RURAL DO NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2424</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2424/indicacao_10.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 10/2026 SOLICITA O PAGAMENTO IMEDIATO PELO MUNICIPAL DOS VALORES REFERENTES AOS PRECATÓRIOS DO FUNDEF, PARA PAGAMENTO DOS SERVIDORES DA REDE MUNICIPAL DE ENSINO, EM VIRTUDE DA MAIORIA DOS MUNICÍPIOS ALAGOANOS JÁ TEREM REALIZANDO O PAGAMENTO.</t>
+  </si>
+  <si>
+    <t>2425</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2425/indicacao_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 11/2026 SOLICITA AO PODER EXECUTIVO MUNICIPAL A CRIAÇÃO E IMPLANTAÇÃO DO PROGRAMA MUNICIPAL " CARNAVAL SEGURO PARA TODAS".</t>
+  </si>
+  <si>
+    <t>2432</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>IND Nº 12/2026 - SOLICITA DO EXCELENTÍSSIMO SR. COMANDANTE GERAL DO CORPO DE BOMBEIROS MILITAR DO ESTADO DE ALAGOAS, CONSCIÊNCIA AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DE ALAGOAS, A NECESSIDADE DE IMPLANTAÇÃO DE UMA BASE OPERACIONAL DO CORPO DE BOMBEIROS MILITAR NO MUNICÍPIO DE RIO LARGO/AL, COM A FINALIDADE DE ATENDER NÃO APENAS A POPULAÇÃO LOCAL, MAS TAMBÉM OS MUNICÍPIO CIRCO VIZINHOS.</t>
+  </si>
+  <si>
+    <t>2426</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2426/indicacao_13.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 13/2026 IMPLANTAÇÃO DE UMA CLÍNICA VETERINÁRIA MUNICIPAL, PARA REALIZAE ATENDIMENTO MÉDICO VETERINÁRIO E DEMAIS PROCEDIMENTOS À SAÚDE ANIMAL, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2427</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>LUZARDO NETO</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2427/indicacao_14.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 14/2026 SOLICITA DA GESTÃO MUNICIPAL A REFORMA COMPLETA DA PRAÇA LOCALIZADA EM FRENTE A ESCOLA MUNICIPAL ANTÔNIO LINS NO BAIRRO DO TABULEIRO DO PINTO , NAS IMEDIAÇÕES DA RUA DA CAIXA.</t>
+  </si>
+  <si>
+    <t>2433</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2433/indicacao_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>IND Nº 15/2026 - SOLICITA DA GESTÃO MUNICIPAL A REALIZAÇÃO DE PARCERIAS COM UNIVERSIDADES E FACULDADES PARA O FORTALECIMENTO DA SAÚDE PÚBLICA EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2437</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 16/2026 SOLICITA DA GESTÃO MUNICIPAL A IMPLANTAÇÃO DE UM CENTRO ESPECIALIZADO ODONTOLÓGICO ( CEO ) NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2438</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 17/2026 SOLICITA AO PODER EXECUTIVO A REALIZAÇÃO DEOBRAS DE DRENAGEM, CALÇAMENTO, ASFALTAMENTO R SINALIZAÇÃO NO LOTEAMENTO SANTA ROSA, LOCALIZADO NO BAIRRO PREFEITO ANTÔNIO ÇINS DE SOUZA , NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2439</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 18/2026 SOLICITA DA GESTÃO MUNICIPAL O CUMPRIMENTO DA LEI FEDERAL N° 14.434/2022, DO PISO NACIONAL DA ENFERMAGEM, ASSEGURANDO A CATEGORA OS SEUS DEVIDOS DIREITOS.</t>
+  </si>
+  <si>
+    <t>2440</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 19/2026 SOLICITA AO PODER EXCUTIVO MUNICIPAL A IMPLEMENTAÇÕ DA SEMANA MUNICIPAL PARA MULHER NA POLÍTICA, COM PALESTRAS, OFICINAS E DEBATES INCENTIVANDO PARTICIPAÇÃO FEMININA NA POLÍTICA E NO FORTALECIMENTO DA REPRESENTATIVIDADE E FORMAÇÕ CIDADÃ DE NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2441</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>ALINE DINIZ</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 20/2026 SOLICITA DA GESTÃO MUNICIPAL A DRENAGEM E A PAVIMENTAÇÃO DO LOTEAMENTO TABAJARA, LOCALIZADO NO BAIRRO ANTÔNIO LINS DE SOUZA , NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2442</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 21/2026 SOLICITA A REALIZAÇÃO DE VISITA TÉCNICA CONJUNTA À NOVA ESTAÇÃO DE TRATAMENTO DE ÁGUA ( ETA) MATA DO ROLO, COM A PARTICIPAÇÃO DA GESTÃO MUNICIPA, DA ARSAL, DA BRK, DA CÂMARA DE VEREADORES DE RIO LARGO R DR UMA COMISSÃO DE LÍDERES COMUNITÁRIOS.</t>
+  </si>
+  <si>
+    <t>2443</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 22/2026 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM ESTÁDIO DE FUTEBOL NO MUNICÍPIO DE RIO LARGO /AL.</t>
+  </si>
+  <si>
+    <t>2444</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 23/2026 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE UM ESPAÇO ADEQUADO E EFETIVO PARA A EXPOSIÇÃO, DIVULGAÇÃO E COMERCIALIZAÇÃO DE PRODUTOS ARTESANAIS CONFECCIONADOS POR ARTESÃOS E ARTISTA POPULARES DO MUNICÍPIO DE RIO LARGO/AL.</t>
+  </si>
+  <si>
+    <t>2448</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 24/2026 SOLICITA DA GESTÃO MUNICIPAL, A VIABILIZAÇÃO DE UM PROGRMA MUNICIPAL DE MICROCRÉDITOS ESPECÍFICOS PARA MULHERES, VISANDO O FOMENTO DE ATIVIDADES EMPREENDEDORAS FEMININAS NO MUNICÍPIO DE RIO LARGO/AL.</t>
+  </si>
+  <si>
+    <t>2449</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 25/2026 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM TERMINAL DE ÔNIBUS NA REGIÃO DA CONE, PARA BENEFICIAR, A CURTO PRAZO , OS MORADORES DA RESPECTIVAS LOCALIDADE, FAVORECER OS FUTUROS ESTUDANTES DA UNIDADE DO INSTITUTO FEDERAL DE ALAGOAS ( IFAL) QUE ESTÁ SENDO CONSTRUÍDA E ACOMPANHAR O SIGNIFICATIVO POTENCIAL DE EXPANSÃO E CRESCIMENTO SOCIOECONÔMICO DESTA REGIÃO, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2450</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 26/2026 SOLICITA DA GESTÃO MUNICIPAL , ATRAVÉS DA SECRETARIA DE CIDADANIA, ASSISTÊNCIA, DESENVOLVIMENTO SOCIAL E HABITAÇÃO, A CRIAÇÃO E IMPLEMENTAÇÃO DE UM CADASTRO PREVENTIVO DE FAMÍLIAS RESIDENTES EM ÁREAS DE ALTO RISCO DE ALAGAMENTOS E ENCHENTES NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2451</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 27/2026 SOLICITA DA GESTÃO MUNCIPAL A CONSTRUÇÃO DE UMA CRECHE EM TERRENO LOCALIZADO NA REGIÃO DA CIDADE DE DEUS, APROVEITANDO A ÁREA VERDE JUNTO AO CAMPO DE FUTEBOL, VISANDO SUPRIR O DÉFICIT DE VAGAS ESCOLARES A GARANTIR O SUPORTE ÀS FAMÍLIAS TRABALHADORAS DA LOCALIDADE, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2452</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 28/2026 SOLICITA AO PODER EXECUTIVO A REFORMA E MODERNIZAÇÃO DA UBS MARGARIDA LEÃO, LOCALIZADA EM UTINGA LEÃO, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2453</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 29/2026 SOLICITA DA GESTÃO MUNICIPAL QUE SEJAM TOMADAS PROVIDÊNCIAS URGENTES REFERENTES À PARALISAÇÃO DAS AULAS NA CRECHE CELYRIO ADAMASTOR, NO BAIRRO GUSTAVO PAIVA, EM RAZÃO DA INTERRUPÇÃO NO FORNECIMENTO DE ENERGIA ELÉTRICA, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2454</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 30/2026 SOLICITA AO PODER EXECUTIVO A REALIZAÇÃO DE OBRAS DE DRENAGEM, CALÇAMENTO , ASFALTAMENTO E SINALIZAÇÃO NO RESIDENCIAL CHÁCARA SÃO BENTO, LOCALIZADO NO BAIRRO PREFEITO ANTÔNIO LINS DE SOUZA, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2456</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 31/2026 - SOLICITA AO PODER EXECUTIVO A REFORMA E MODERNIZAÇÃO DO CENTRO OFTALMOLÓGICO MUNICIPAL, BEM COMO A IMPLANTAÇÃO DE UMA UNIDADE DO MESMO EQUIPAMENTO DE SAÚDE NO BAIRRO BRASIL NOVO, ATENDENDO A POPULAÇÃO DA PARTE ALTA DO MUNICÍPIO DE RIO LARGO.</t>
+  </si>
+  <si>
+    <t>2457</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>BALA SOARES</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 32/2026 - SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO E IMPLEMENTAÇÃO DO CENTRO DA MELHOR IDADE (CMI), COM FOCO EM FISIOTERAPIA, PILATES E A REALIZAÇÃO DE ATIVIDADES FÍSICAS E MOTORAS ESPECIALIZADAS E ADAPTADAS AO PÚBLICO IDOSO, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2458</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 33/2026 - SOLICITA DA GESTÃO MUNICIPAL A IMPLEMENTAÇÃO DO PROGRAMA MUNICIPAL DE CONTROLE E PREVENÇÃO DA OBESIDADE, COM ACOMPANHAMENTO MÉDICO ESPECIALIZADO, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2459</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 34/2026 - SOLICITA DA GESTÃO MUNICIPAL A REALIZAÇÃO DE PARCERIA INSTITUCIONAL ENTRE A PREFEITURA E O GOVERNO DO ESTADO PARA A CONSTRUÇÃO DE UM RESTAURANTE POPULAR, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2460</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 35/2026 - SOLICITA DA GESTÃO MUNICIPAL A REVITALIZAÇÃO DO CANTEIRO CENTRAL DO CONJUNTO RESIDENCIAL JARBAS OITICICA, E A IMPLEMENTAÇÃO DE EQUIPAMENTOS E MOBILIÁRIO URBANO ADEQUADOS, TRANSFORMANDO O ESPAÇO EM UM PARQUE LINEAR PARA A UTILIZAÇÃO DA POPULAÇÃO.</t>
+  </si>
+  <si>
+    <t>2461</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 36/2026 - SOLICITA DA GESTÃO MUNICIPAL A REFORMA E AMPLIAÇÃO DA ESTRUTURA DA CRECHE CELYRIO ADAMASTOR, LOCALIZADA NO BAIRRO GUSTAVO PAIVA, NA NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2462</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 37/2026 - SOLICITA DA GESTÃO MUNICIPAL O ENVIO DE PROJETO DE LEI INSTITUINDO O VALE TRANSPORTE PARA OS SERVIDORES MUNICIPAIS, BEM COMO A REATIVAÇÃO DOS PLANOS DE SAÚDE DOS SERVIDORES PÚBLICOS DE RIO LARGO.</t>
+  </si>
+  <si>
+    <t>2471</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 45/2026 INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, POR MEIO DAS SECRETARIAS COMPETENTES, A ELABORAÇÃO  DE PROJERO E CONSTRUÇÃO DE UM PARQUE LINEAR NA ÁREA DA ILHA ANGELITA, EM RIO LARGO.</t>
+  </si>
+  <si>
+    <t>2472</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 43/2026 SOLICITA DA GESTÃO MUNICIPAL QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA VIABILIZAR, - EM PARCELA COM O DEPRTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES - DNIT, A CONSTRUÇÃO DE UMA CICLOVIA NO TRECHO COMPREENDIDO ENTRE OS LIMITES DO MUNICÍPIO DE RIO LARGO COM MACEIÓ ATÉ O CENTRO DE CIÊNCIAS AGRÁRIAS DA UNIVERSIDADE FEDERAL DE ALAGOAS - CECA/UFAL, COM O OBJETIVO DE COMPLEMENTAR A CICLOVIA JÁ EXISTENTE E AMPLIAR A INFRAESTRUTURA DESTINADA AOS CICLISTAS DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2475</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 40/2026 SOLICITA DA GESTÃO MUNICIPAL QUE SEJA ENCAMINHADO À CÂMARA MUNICIPAL O PROJETO DE LEI QUE INSTITUA O PROGRAMA DE AUXILIO-ALUGUEL TEMPORÁRIO DESTINADO A MULHERES EM SITUAÇÃO DE RISCO E/OU VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2474</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 42/2026 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO E DISPONIBILIDADE DE UM ESPAÇO ADEQUADO PAR AREALIZAÇÃO DE FEIRAS DE ADOÇÃO E DOAÇÃO RESPONSÁVEL DE ANIMAIS DURANTE FEIRAS LIVRES E EVENTOS PROMOVIDOS PELA MUNICIPALIDADE.</t>
+  </si>
+  <si>
+    <t>2473</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N °44/2026 SOLICITA DA GESTÃO MUNICIPAL A REFORMA E REVITALIZAÇÃO DA QUADRA DE FUTEBOL SOCIETY  DA  ESCOLA GUSTAVO PAIVA, LOCALIZADA  NO CONJUNTO RESIDENCIAL BARNABÉ OITICICA, BAIRRO MATA DO ROLO, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>2434</t>
+  </si>
+  <si>
+    <t>MOCC</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2434/mocao_de_congratulacoes_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO CONGRAT. Nº 01/2026 - AO SR. MAYLLON EMMANOEL PEQUENO SANTOS SILVA</t>
+  </si>
+  <si>
+    <t>2455</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÕES N° 02/2026 MAJOR RODRIGO VITAL VELOSO SOARES BOTELHO</t>
+  </si>
+  <si>
+    <t>2463</t>
+  </si>
+  <si>
+    <t>MOCP</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR Nº 02/2026 À FAMÍLIA PELO FALECIMENTO DA PROFESSORA ALDIONE NOBRE.</t>
+  </si>
+  <si>
+    <t>2411</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>RAFAEL FEITOSA</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N° 01/2026 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, DEPUTADO FEDERAL ALFREDO GASPAR DE MENDONÇA NETO.</t>
+  </si>
+  <si>
+    <t>2428</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N° 02/2026 CRIA COMENDA ODILO JOSÉ LINS DE SOUZA, NO MUNICÍPIO DE RIO LARGO - AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2468</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N° 03/2026 INSTITUI A COMEND " MULHERES QUE INSPIRAM", NO ÂMBITO DA CÂMARA MUNICIPAL DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2476</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N° 04/2026 CONCEDE TÍTULO DE CIDADÃ HONORÁRIA DE RIO LARGO, À  DELEGADA TEREZA RAMOS DE ALBUQUERQUE.</t>
+  </si>
+  <si>
     <t>2409</t>
   </si>
   <si>
-    <t>2026</t>
-[...16 lines deleted...]
-  <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 13/2025 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, AO SENHOR GEORGE RAPOSO MAIA NETO.</t>
   </si>
   <si>
+    <t>2419</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Executivo</t>
+  </si>
+  <si>
+    <t>Pedro Carlos da Silva Neto</t>
+  </si>
+  <si>
+    <t>PLE Nº 01/2026 - INSTITUIÇÃO DO CENTRO DE FORMAÇÃO, TRATAMENTO E APERFEIÇOAMENTO (CFTA) DA GUARDA CIVIL MUNICIPAL DE RIO LARGO/AL.</t>
+  </si>
+  <si>
+    <t>2435</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI EXECUTIVO N°02/2026 DISPÕE SOBRE A REESTRUTURAÇÃO DA LEI DO CONSELHO MUNICIPAL DE SAÚDE DE RIO LARGO E DÁ  NOVA REDAÇÃO AS LEIS DE N° 1.109/2011 DE 08/09/2011.</t>
+  </si>
+  <si>
+    <t>2436</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI EXECUTIVO N°04/2026 DISPÕE SOBRE A AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL NA LEI ORÇAMENTÁRIA ANUAL DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>2410</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativo</t>
   </si>
   <si>
-    <t>PROF. DOUGLAS COSTA</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI LEGISLATIVO 01/2025 RECONHECE OS CATADORES E CATADORAS DE MATERIAIS RECICLÁVEIS COMO AGENTES AMBIENTAIS NO MUNICÍPIO DE RIO LARGO, INSTITUI DIRETRIZES PARA SUA ATUAÇÃO E PARA POLÍTICAS DE APOIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO 01/2026 -  RECONHECE OS CATADORES E CATADORAS DE MATERIAIS RECICLÁVEIS COMO AGENTES AMBIENTAIS NO MUNICÍPIO DE RIO LARGO, INSTITUI DIRETRIZES PARA SUA ATUAÇÃO E PARA POLÍTICAS DE APOIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2420</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2420/pll_no_02_-_sancoes_administrativas_pratica_de_maus-tratos_contra_animais_-_lei_cao_orelha.pdf</t>
+  </si>
+  <si>
+    <t>PLL N° 02/2026 INSTITUI SANÇÕES ADMINISTRATIVAS, INCLUSIVE MULTA, PARA A PRÁTICA DE MAUS-TRATOS CONTRA ANIMAIS NO ÂMBITO DO MUNICÍPIO DE RIO LARGO, DENOMINADA LEI CÃO ORELHA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2429</t>
+  </si>
+  <si>
+    <t>Mesa Diretora da Câmara</t>
+  </si>
+  <si>
+    <t>PLL Nº 03/2026 - ESTRUTURA, ALTERA E DÁ NOVOS DISPOSITIVOS NA LEI MUNICIPAL Nº 2.067/2025</t>
+  </si>
+  <si>
+    <t>2430</t>
+  </si>
+  <si>
+    <t>PLL Nº 04/2026 - AUTORIZA O MUNÍCIPIO DE RIO LARGO/AL A INSTITUIR A POLÍTICA MUNICIPAL DE GESTÃO DE VEÍCULOS ABANDONADOS OU EM ESTADO DE DEGRADAÇÃO EM VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2447</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI LEGISLATIVO N° 05/2026 ESTABELECE DIRETRIZ DE PRIORIDADE NOS PROGRAMAS HABITACIONAIS DE INTERESSE SOCIAL DO MUNICÍPIO DE RIO LARGO ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR E AOS ÓRFÃOS DE FEMINICÍDIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2467</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI DO LEGISLATIVO Nº 06/2026 - DISPÕE SOBRE A IMPLEMENTAÇÃO DE AÇÕES PERMANENTES DE EDUCAÇÃO PARA A SAÚDE E EDUCAÇÃO SEXUAL NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2465</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI DO LEGISLATIVO Nº 07/2026 - INSTITUI O PROGRAMA MUNICIPAL DE COMUNICAÇÃO DIGITAL E VALORIZAÇÃO DOS COMUNICADORES LOCAIS NO ÂMBITO DO MUNICÍPIO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2466</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI DO LEGISLATIVO Nº 08/2026 - INSTITUI DIRETRIZES PARA O PROGRAMA MUNICIPAL "OLHO VIVO AMBIENTAL", DE INCENTIVO À DENÚNCIA DE INFRAÇÕES AMBIENTAIS NO MUNICÍPIO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>VETOT</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>Pedro Carlos da Silva Neto</t>
-[...1 lines deleted...]
-  <si>
     <t>VETO TOTAL AO PROJETO DE LEI N°52/2025 DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>VETO TOTA AO PROJETO DE LEI N° 54/2025 DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>VETO TOTAL AO PROJETO DE LEI N° 56/2025 DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>VETO TOTAL AO PROJETO DE LEI N° 58/2025 DO PODER LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>2421</t>
+  </si>
+  <si>
+    <t>REQI</t>
+  </si>
+  <si>
+    <t>Requerimento de Informação</t>
+  </si>
+  <si>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2421/requerimento_de_informacao_-_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE INFORMAÇÃO N°01/2026 ESCLARECIMENTOS DETALHADOS ACERCA DA SITUAÇÃO CRÍTICA DAS VIAS PÚBLICAS LOCALIZADAS NA MATA DO ROLO</t>
+  </si>
+  <si>
+    <t>2422</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE INFORMAÇÃO N°02/2026 SOLICITA INFORMAÇÕES SOBRE A PREVISÃO DE ÍNICIO, EXECUÇÃO E CONCLUSÃO DAS OBRAS DE DRENAGEM E CALÇAMENTO DAS RUAS LOCALIZADAS NO LOTEAMENTO VAL PARAÍSO, SITUADO NO CONJUNTO MARGARINA PROCÓPIO, BAIRRO BRASIL NOVO.</t>
+  </si>
+  <si>
+    <t>2445</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE INFORMAÇÃO N° 03/2026 INFORMAÇÕES ACERCA DOS TERRENOS DE ÁREAS PÚBLICAS LOCALIZADOS NO LOTEAMENTO LUAR DE RIO LARGO ( LOTEAMENTOCOLORADO ) E NO LOTEAMENTO CIDADE JARDIM - FASE 3 ( LOTEAMENTO BURITI).</t>
+  </si>
+  <si>
+    <t>2446</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE INFORMAÇÃO N° 04/2026 SOLICITAÇÃO DE INFORMAÇÕES ACERCA DO LANÇAMENTO DOS EDITAIS DA LEI ALDIR BLANC - CICLO 2.</t>
+  </si>
+  <si>
+    <t>2470</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE INFORMAÇÃO N°05/2026 SOLICITA INFORMAÇÕES URGENTES À EMPRESA BRK AMBIENTAL, ACERCA DA FALTA E ABASTECIMENTO DE ÁGUA NOS CONJUNTOS RESIDENCIAIS ANTÔNIO LINS E JARBAS OITICICA, NO MUNICÍPIO DE RIO LARGO/AL.</t>
+  </si>
+  <si>
+    <t>2469</t>
+  </si>
+  <si>
+    <t>MREG</t>
+  </si>
+  <si>
+    <t>Moção de Regozijo</t>
+  </si>
+  <si>
+    <t>EM HOMENAGEM AOS POLICIAIS PENAIS LUCAS DE BARROS PINTO, EDNALDO DE HOLANDA JUNIOR E FELIPE JOSÉ LINS CAMPOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -465,68 +1065,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2423/indicacao_08.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2431/indicacao_09.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2424/indicacao_10.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2425/indicacao_11.2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2426/indicacao_13.2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2427/indicacao_14.2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2433/indicacao_15.2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2434/mocao_de_congratulacoes_01.2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2420/pll_no_02_-_sancoes_administrativas_pratica_de_maus-tratos_contra_animais_-_lei_cao_orelha.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2026/2421/requerimento_de_informacao_-_01.2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="34" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="237.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="158.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -548,177 +1148,1932 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...5 lines deleted...]
-      <c r="D4" t="s">
+      <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...10 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...19 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="G6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>30</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>90</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>66</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>30</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>87</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>105</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>38</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>66</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>122</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>124</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>126</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>38</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>129</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>130</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>132</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>133</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>30</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>135</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>136</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>66</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>138</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>139</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>22</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>141</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>66</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>144</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>145</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>87</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>147</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>148</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>30</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>150</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>153</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>26</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>156</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>157</v>
+      </c>
+      <c r="E44" t="s">
+        <v>158</v>
+      </c>
+      <c r="F44" t="s">
+        <v>66</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H44" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>161</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" t="s">
+        <v>157</v>
+      </c>
+      <c r="E45" t="s">
+        <v>158</v>
+      </c>
+      <c r="F45" t="s">
+        <v>124</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>163</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" t="s">
+        <v>164</v>
+      </c>
+      <c r="E46" t="s">
+        <v>165</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>167</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" t="s">
+        <v>168</v>
+      </c>
+      <c r="E47" t="s">
+        <v>169</v>
+      </c>
+      <c r="F47" t="s">
+        <v>170</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>172</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" t="s">
+        <v>168</v>
+      </c>
+      <c r="E48" t="s">
+        <v>169</v>
+      </c>
+      <c r="F48" t="s">
+        <v>66</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>174</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>21</v>
+      </c>
+      <c r="D49" t="s">
+        <v>168</v>
+      </c>
+      <c r="E49" t="s">
+        <v>169</v>
+      </c>
+      <c r="F49" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>176</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" t="s">
+        <v>168</v>
+      </c>
+      <c r="E50" t="s">
+        <v>169</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>178</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>61</v>
+      </c>
+      <c r="D51" t="s">
+        <v>168</v>
+      </c>
+      <c r="E51" t="s">
+        <v>169</v>
+      </c>
+      <c r="F51" t="s">
+        <v>66</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>180</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" t="s">
+        <v>181</v>
+      </c>
+      <c r="E52" t="s">
+        <v>182</v>
+      </c>
+      <c r="F52" t="s">
+        <v>183</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>185</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>17</v>
+      </c>
+      <c r="D53" t="s">
+        <v>181</v>
+      </c>
+      <c r="E53" t="s">
+        <v>182</v>
+      </c>
+      <c r="F53" t="s">
+        <v>183</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>187</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>181</v>
+      </c>
+      <c r="E54" t="s">
+        <v>182</v>
+      </c>
+      <c r="F54" t="s">
+        <v>183</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>189</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
+        <v>190</v>
+      </c>
+      <c r="E55" t="s">
+        <v>191</v>
+      </c>
+      <c r="F55" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>193</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" t="s">
+        <v>190</v>
+      </c>
+      <c r="E56" t="s">
+        <v>191</v>
+      </c>
+      <c r="F56" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H56" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>196</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>21</v>
+      </c>
+      <c r="D57" t="s">
+        <v>190</v>
+      </c>
+      <c r="E57" t="s">
+        <v>191</v>
+      </c>
+      <c r="F57" t="s">
+        <v>197</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>199</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" t="s">
+        <v>190</v>
+      </c>
+      <c r="E58" t="s">
+        <v>191</v>
+      </c>
+      <c r="F58" t="s">
+        <v>30</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>201</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>29</v>
+      </c>
+      <c r="D59" t="s">
+        <v>190</v>
+      </c>
+      <c r="E59" t="s">
+        <v>191</v>
+      </c>
+      <c r="F59" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>203</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>33</v>
+      </c>
+      <c r="D60" t="s">
+        <v>190</v>
+      </c>
+      <c r="E60" t="s">
+        <v>191</v>
+      </c>
+      <c r="F60" t="s">
+        <v>87</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>205</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>37</v>
+      </c>
+      <c r="D61" t="s">
+        <v>190</v>
+      </c>
+      <c r="E61" t="s">
+        <v>191</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>207</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>41</v>
+      </c>
+      <c r="D62" t="s">
+        <v>190</v>
+      </c>
+      <c r="E62" t="s">
+        <v>191</v>
+      </c>
+      <c r="F62" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>209</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>210</v>
+      </c>
+      <c r="E63" t="s">
+        <v>211</v>
+      </c>
+      <c r="F63" t="s">
+        <v>183</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>213</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" t="s">
+        <v>210</v>
+      </c>
+      <c r="E64" t="s">
+        <v>211</v>
+      </c>
+      <c r="F64" t="s">
+        <v>183</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>215</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>21</v>
+      </c>
+      <c r="D65" t="s">
+        <v>210</v>
+      </c>
+      <c r="E65" t="s">
+        <v>211</v>
+      </c>
+      <c r="F65" t="s">
+        <v>183</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>217</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>210</v>
+      </c>
+      <c r="E66" t="s">
+        <v>211</v>
+      </c>
+      <c r="F66" t="s">
+        <v>183</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>219</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>220</v>
+      </c>
+      <c r="E67" t="s">
+        <v>221</v>
+      </c>
+      <c r="F67" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H67" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>224</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>220</v>
+      </c>
+      <c r="E68" t="s">
+        <v>221</v>
+      </c>
+      <c r="F68" t="s">
+        <v>18</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>226</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>21</v>
+      </c>
+      <c r="D69" t="s">
+        <v>220</v>
+      </c>
+      <c r="E69" t="s">
+        <v>221</v>
+      </c>
+      <c r="F69" t="s">
+        <v>18</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>228</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>220</v>
+      </c>
+      <c r="E70" t="s">
+        <v>221</v>
+      </c>
+      <c r="F70" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>230</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>29</v>
+      </c>
+      <c r="D71" t="s">
+        <v>220</v>
+      </c>
+      <c r="E71" t="s">
+        <v>221</v>
+      </c>
+      <c r="F71" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>232</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
+        <v>233</v>
+      </c>
+      <c r="E72" t="s">
+        <v>234</v>
+      </c>
+      <c r="F72" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>