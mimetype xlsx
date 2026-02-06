--- v0 (2025-12-09)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2848" uniqueCount="1037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3032" uniqueCount="1105">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -360,51 +360,51 @@
   <si>
     <t>16</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 16/2025 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UMA ORLA NA ÁREA QUE MARGEIA O RIO MUNDAÚ, LOGO APÓS O CONHECIDO CAMPO DA REFFER, BAIRRO LOURENÇO DE ALBUQUERQUE, NESTA CIDADE, CONTENDO QUADRAS POLIESPORTIVAS, CORETO, CONCHA ACÚSTICA E PLAYGROUND.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>INDICAÇÃO N°17/2025 SOLCITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE UM CURSINHO PREPARATÓRIO GRATUIT COM O OFERECIMENTO DE CURSOS ESPECÍFCOS VISANDO A APROVAÇÃO EM VESTIBULARES E CONCURSOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>LUZARDO NETO</t>
   </si>
   <si>
-    <t>IND Nº 018/2025 - Solicita da Secretaria Municipal Infraestrutura, uma visita técnica nas instalações da Praça do Amor, no equipamento público em construção (Pista de Skate) situada no bairro Vila Rica, Mata do Rolo.</t>
+    <t>IND Nº 018/2025 - Solicita da Secretaria Municipal de Infraestrutura, uma visita técnica nas instalações da Praça do Amor, no equipamento público em construção (Pista de Skate), situada no bairro Vila Rica, Mata do Rolo.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 19/2025 SOLICITA A REALIZAÇÃO DE ESTUDOS PELA GESTÃO MUNICIPAL O ENVIO DO PROJETO DE LEI AUTORIZATIVO PARAO PAGAMENTO DAS SOBRAS ORIUDAS DOS 70% DO FUNDEB, PARA OS PROFISSIONAIS DO MAGISTÉRIO E APOIO DA EDUCAÇÃO BÁSICA DE RIO LARGO/AL.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>BALA SOARES</t>
   </si>
   <si>
     <t>INDICAÇÃO N° SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UMA PRAÇA NA LOCALIDADE CONHECIDA COMO VILA NOVA, SITUADA NO BAIRRO MATA DO ROLO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
@@ -468,51 +468,51 @@
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 27/2025 SOLICITA DA GESTÃO MUNICIPAL A DRENAGEM , SANEAMENTO E PAVIMENTAÇÃO DAS VIAS CONHECIDAS COMO " RUA PADRE C´CERO E TRAVESSA SÃO JOSÉ , LOCALIZADAS NA LOCALIDADE BAIRRO NOSSO, NO BAIRRO ANTÔNIO LINS DE SOUZA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 28/2025 SOLICITA DA GUARDA MUNICIPAL E POLICÍA DE ALAGOAS A REALIZAÇÃO DE RONDAS PERIÓDICAS NO INÍCIO DA MANHÃ E FINAL DE TARDE PARA DAR MAIS SEGURANÇA AOS PRATICANTES DE CAMINHADA E CORRIDA QUE UTILIZAM O TRECHO ENTRE A PONTE SOB O RIO MUNDAÚ E A ENTRADA DA CIDADE PELA BR 101, MAIS CONHECIDA COMO ENTRADA DA CONE E TAMBÉM O TRECHO ENTRE PRAÇA DO SEIXO EM DIREÇÃO AO TABULEIRO DO PINTO.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>INDICAÇÃO N° 29/2025 SOLICITA DA SECRETARIA MUNICIPAL EDUCAÇÃO, A CONCLUSÃO DA INSTALAÇÃO DOS APARELHOS DE AR-CONDICIONADOS QUE FORAM ADQUIRIDOS PARA UTILIZAÇÃO NA ESCOLA PROFESSORA ROSINEIDE TEREZA MARTINS DA CONCEIÇÃO, QUE ENCONTRAM-SE PARCIALMENTE INSTALADOS E SEM USO NA ESCOLA, HÁ APROXIMADAMENTE TRÊS ANOS.</t>
+    <t>INDICAÇÃO N° 29/2025 SOLICITA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, A CONCLUSÃO DA INSTALAÇÃO DOS APARELHOS DE AR-CONDICIONADOS QUE FORAM ADQUIRIDOS PARA UTILIZAÇÃO NA ESCOLA PROFESSORA ROSINEIDE TEREZA MARTINS DA CONCEIÇÃO, QUE ENCONTRAM-SE PARCIALMENTE INSTALADOS E SEM USO NA ESCOLA, HÁ APROXIMADAMENTE TRÊS ANOS.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 30/2025 SOLICITA DA GESTÃO MUNICIPAL A IMPLANTAÇÃO DE UMA GUARDA AMBIENTAL MUNICIPAL PARA ATUAR NAS ÁREAS ESPECÍFICAS DE SU COMPETÊNCIA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 31/2025 SOLICITA DA GESTÃO MUNICIPAL A REFORMA E ADEQUAÇÃO DO CAMPO DE FUTEBOL DO CONJUNTO RESIDENCIAL TEOTÔNIO BRANDÃO VILELLA, LOCALIZADO NO BAIRRO MATA DO ROLO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>32</t>
   </si>
@@ -2250,98 +2250,284 @@
   <si>
     <t>224</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 224/2025 SOLICITA DA GESTÃO MUNICIPAL O OFERECIMENTO DE CURSOS DE CAPACITAÇÃO E PRIMEIROS SOCORROS PARA OS MOTORISTAS DA REDE MUNICÍPAL DE SAÚDE DE RIO LARGO?AL.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 225/2025 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE PROGRAMA DE ASSISTÊNCIA INTEGRAL ÀS CRIANÇAS ÒRFÃS EM DECORRÊNCIA DO FEMINICÍDIO, GARANTINDO SUPORTE EMOCIONAL, SOCIAL E EDUCACIONAL.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>INDICAÇÃO N°226/2025 INDICA AO CHEFE DO PODER EXECUTIVOMUNICIPAL, ATRAVÉS DA SUPERINTENDÊNCIA MUNICIPAL DE TRÂNSITO-SMTT, E AO PARA QUE SEJAM ADOTADAS PROVIDÊNCIAS PARA IMPLANTAÇÃO DE SINALIZAÇÃO ASFÁLTICA, INCLUINDO FAIXA DE PEDESTRES, REDUTORES DE VELOCIDADE E ADEQUAÇÃO DA VIA NA AVENIDA JESUS CRISTO, NO TRECHO QUE LIGA A AVENIDA NAPOLEÃO VIANA, ANTIGA DA PALMEIRA ( NA ENTRADA DA PREFEITURA) AO CONJUNTO BURITI, FACILITANDO O ACESSO À UBS MANOEL GONÇALVES.</t>
   </si>
   <si>
+    <t>2382</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 227/2025 - SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DO PROGRAMA ROTA SEGURA, VOLTADO À MELHORIA DA SINALIZAÇÃO VIÁRIA, INSTALAÇÃO DE LOMBADAS PADRONIZADAS E DISPONIBILIZAÇÃO DE UMA VIATURA DE APOIO PARA REFORÇAR A SEGURANÇA NO ENTORNO DE TODAS AS ESCOLAS DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2383</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 228/2025 - SOLICITA AO PODER EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA E A SINALIZAÇÃO VIÁRIA DO CONJUNTO RESIDENCIAL ASA DOS VENTOS, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>2384</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 229/2025 - SOLICITA DA GESTÃO MUNICIPAL A SUBSTITUIÇÃO DA ILUMINAÇÃO COMUM POR LÂMPADAS DE LED NO BAIRRO UTINGA LEÃO, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>2385</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 230/2025 - SOLICITA DA GESTÃO MUNICIPAL A RECUPERAÇÃO E PAVIMENTAÇÃO ASFÁLTICA DE DIVERSAS RUAS E TRAVESSAS DO CENTRO DE NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>2386</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 231/2025 - SOLICITA DA GESTÃO MUNICIPAL O ENVIO DE PROJETO DE LEI PARA VIABILIZAR O PAGAMENTO DE GRATIFICAÇÃO AOS PROFISSIONAIS QUE EXERCEM A FUNÇÃO DE COORDENADORES PEDAGÓGICOS NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE RIO LARGO/AL.</t>
+  </si>
+  <si>
+    <t>2387</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 232/2025 - SOLICITA DA GESTÃO MUNICIPAL A DESAPROPRIAÇÃO NECESSÁRIA E A CONSTRUÇÃO DE UMA VIA LOCAL DE LIGAÇÃO ENTRE OS CONJUNTOS RESIDENCIAIS ANTÔNIO LINS DE SOUZA E JARBAS OITICICA, LOCALIZADOS NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2388</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 233/2025 - SOLICITA AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM NATAL SOLIDÁRIO PARA CRIANÇAS E IDOSOS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2389</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 234/2025 - SOLICITA DA GESTÃO MUNICIPAL A IMPLEMENTAÇÃO E INCLUSÃO DO ENSINO DE ESPORTES ADAPTADOS PARA CRIANÇAS E ADOLESCENTES QUE POSSUAM ALGUM TIPO DE DEFICIÊNCIA OU NEURODIVERGÊNCIA E FAÇAM PARTE DA REDE MUNICIPAL DE ENSINO DE RIO LARGO/AL.</t>
+  </si>
+  <si>
+    <t>2390</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 235/2025 - SOLICITA DO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE INFRAESTRUTURA (SEMINFRA), A URGENTE REALIZAÇÃO DO CALÇAMENTO DE TODAS AS VIAS DO CONJUNTO ROSA AMÉLIA, LOCALIZADO NO BAIRRO TABULEIRO DO PINTO, QUE NÃO FORAM CONTEMPLADAS POR OBRAS PRIVADAS RECENTES.</t>
+  </si>
+  <si>
     <t>2377</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 236/2025 SOLICITA DA GESTÃO MUNICIPAL, ATRAVÉS DA SMTT, A INSTALAÇÃO DE SINALIZAÇÃO DE TRÂNSITO VERTICAL E HORIZONTAL EM TODAS AS VIAS ASFALTADAS E RECAPEADAS DOS BAIRROS DE LOURENÇO DE ALBUQUERQUE, CENTRO E MATA DO ROLO, NESTE ANO DE 2025, PRIORITARIAMENTE OS CORREDORES DE TRANSPORTE.</t>
   </si>
   <si>
+    <t>2380</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 237/2025 SOLICITA AO PODER EXECUTIVO MUNICIPAL A REFORMA E MODERNIZAÇÃO DA PRAÇA TEREZA RODRIGUES RIBEIRO, LOCALIZADA NO BAIRRO BRASIL NOVO, NESTA CIDADE.</t>
+  </si>
+  <si>
+    <t>2381</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 238/2025 SOLICITA DA GESTÃO MUNICIPAL O ENVIO DEPROJETO DE LEI QIE INSTITUA A EDUCAÇÃO SEXUAL COMO MATÉRIA TRANSVERSAL NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE RIO LARGO, A PARTIR DA EDUCAÇÃO INFANTIL, DE FORMA RESPONSÁVEL  COM PROFISSIONAIS DEVIDAMENTE CAPACITADOS, INCLUINDO CONTEÚDOS VOLTADOS À IDENTIFICAÇÃO DE ABUSOS E ASSÉDIOS.</t>
+  </si>
+  <si>
     <t>2378</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>INDICAÇÃO N°239/2025 SOLICITA DA GESTÃO MUNICIPAL A IMPLANTAÇÃO DE UM CENTRO ESPECIALIZADO EM TRANSTORNO DO ESPECTRO AUTISTA NO MUNICÍPIO NO MUNICÍPIO DE RIO LARGO.</t>
   </si>
   <si>
+    <t>2395</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 240/2025 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DA CAMPANHA MUNICIPAL DE COMBATE AO PRECONCEITO E ESTIGMA RELACIONADOS AO HIV?AIDS E ISTs, NO ÂMBITO DO DEZEMBRO VERMELHO.</t>
+  </si>
+  <si>
+    <t>2396</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 241/2025 SOLICITA DA PRESIDÊNCIA DA CÂMARA MUNICIPAL DE RIO LARGO O SERVIÇO DE INTERPRETAÇÃO EM LIBRAS GARANTIDO DURANTE TODAS AS SESSÕES PARLAMENTARES E AUDIÊNCIAS PÚBLICAS DA CÂMARA MUNICIPAL DE RIO LARGO, BEM COMO EM TODOS OS EVENTOS OFICIAIS E VÍDEOS INFORMATIVOS PRODUZIDOS POR ESTE PODER LEGISLATIVO.</t>
+  </si>
+  <si>
+    <t>2397</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 242/2025 SOLICITA DA GESTÃO MUNICIPAL A CONCLUSÃO DO CALÇAMENTO E A PAVIMENTAÇÃO ASFÁLTICA DA LOCALIDADE CONHECIDA COMO VILA RICA, LOCALIZADA NO BAIRRO MATA DO ROLO, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2398</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 244/2025 SOLICITA DA GESTÃO MUNICIPAL O ENVIO DE PROJETO DE LEI QUE INSTITUA A EDUCAÇÃO SEXUAL COMO MATÉRIA TRANSVESAL NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE RIO LARGO, A PARTIR DA EDUCAÇÃO INFANTIL, DE FORMA RESPONSÁVEL OM PROFISSIONAIS DEVIDAMENTE CAPACITADOS, INCLUINDO CONTRÚDOS VOLTADOS À IDENTIFICAÇÃO DE ABUSOS E ASSÉDIOS.</t>
+  </si>
+  <si>
+    <t>2399</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 245/2025 SOLICITA AO PODER EXECUTIVOMUNICIPAL A CONSTRUÇÃO DE UMA PRAÇA LINEAR NO LOTEAMENTO CIDADE JARDIM, CONHECIDO COMO LAGOINHA, COM IMPLANTAÇÃO DE ACADEMIA POPULAR, CAMPO SINTÉTICO E PLAYGROUND INFANTIL, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2400</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N°246/2025 SOLICITA DA GESTÃO A IMPLANTAÇÃO DE SISTEMAS DE CAPTAÇÃO DE ENERGIA FOTOVOLTAICA EM TODOS OS ÓRGÃOS E EDIFÍCIOS PÚBLICOS DO MUNICÍPIO DE RIO LARGO, VISANDO A ECONOMIA DE RECURSOS PÚBLICOS E A PRESERVAÇÃO DO MEIO AMBIENTE.</t>
+  </si>
+  <si>
+    <t>2401</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 247/2025 SOLICITA DA GESTÃO MUNICIPAL O ENVIO DE PROJETO DE LEI INSTITUINDO O VALE TRANSPORTE PARA OS SERVIDORES MUNICIPAIS, BEM COMO A REATIVAÇÃO DOS PLANOS DE SAÚD DOS SERVIDORES PÚBLICOS DE RIO LARGO .</t>
+  </si>
+  <si>
+    <t>2402</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 248/2025 SOLICITA DA GESTÃO MUNICIPAL, ATRAVÉS DOS ÓRGÃOS COMPETENTES, A VIABILIZAÇÃO DA IMPLANTAÇÃO DE UM SEMÁFORO PARA FACILITAR A TRAVESSIA DE PEDESTRES NA BR 104, NAS IMEDIAÇÕES DA CIMAPRA, VISANDO GARANTIR MAIOR SEGURANÇA NA TRAVESSIA DA REFRIDA RODOVIA.</t>
+  </si>
+  <si>
+    <t>2403</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>NDICAÇÃO N° 249/2025 SOLICITA DA GESTÃO MUNICIPAL UMA PARCERIA PÚBLICO-PRIVADA COM A ASSOCIAÇÃO AMÉRICA SPORT CLUBE PARA REFORMA E REVITALIZAÇÃO DE SUA SEDE RECREATIVA, SITUADA NO CENTRO DE NOSSA CIDADE.</t>
+  </si>
+  <si>
     <t>2315</t>
   </si>
   <si>
     <t>MOCC</t>
   </si>
   <si>
     <t>Moção de Congratulações</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULAÇÕES Nº 01/2025- HOMENAGEM AO DIA DOS PROFESSORES.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES N° 02/2025 AO SENHOR JEFERSON DA SILVA MELO , NACIONALMENTE CONHECIDO COMO " BROCOIÓ JÚNIOR" .</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>MOCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>MOÇÃO DE LOUVAR N° 01/2025 EM HOMENAGEM AO COLÉGIO MUNICIPAL JUDITH PAIVA PELOS SEUS 77 ANOS.</t>
   </si>
   <si>
+    <t>2394</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR N° 04/2025 À FAMILIA PELO FALECIMENTO DO SENHOR JOSÉ RIBEIRO DE MENDONÇA</t>
+  </si>
+  <si>
     <t>2129</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 01/2025 CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, AO SR. MARCELO VICTOR CORREIA DOS SANTOS.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 02/2025 CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, AO SR RONALDO AUGUSTO LESSA SANTOS.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 03/2025 CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, AO SR. EDUARDO ANTÔNIO MACEDO HOLANDA.</t>
   </si>
   <si>
     <t>2287</t>
@@ -2364,59 +2550,71 @@
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 07/2025 CONCEDE TÍTULO HONORÍFICO AO SENHOR SILVIO ROGÉRIO DIAS CAMELO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 08/2025 CONCEDE TÍTULO HONORÍFICO À SENHORA MLLINA TORRES FREITAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 09/2025 CONCEDE A COMENDA " MESTRE ZINHO" AO SENHOR MILTON MUNIZ DE ASSIS.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N°10/2025 CONCEDE A COMENDA " JAREDE VIANA" AO SENHOR JAVAN SAMI ARAÚJO DOS SANTOS.</t>
   </si>
   <si>
+    <t>2391</t>
+  </si>
+  <si>
+    <t>PDL Nº 11/2025 - CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO DE RIO LARGO AO ILMO. SR. JEFFERSON DA SILVA MELO - "BROCOIÓ JÚNIOR".</t>
+  </si>
+  <si>
     <t>2375</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>PDL Nº 12.2025 - CONCEDE A COMENDA "MESTRE ZINHO" A SENHORA MELLINA TORRES FREITAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>2408</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N°14/2025 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, AO EXMO. DR ORLANDO ROCHA FILHO.</t>
+  </si>
+  <si>
     <t>2015</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Pedro Carlos da Silva Neto</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf</t>
   </si>
   <si>
     <t>PLC Nº 01/2025 - Dispõe sobre o Plano Diretor Municipal do Município de Rio Largo, Estado de Alagoas.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf</t>
   </si>
   <si>
     <t>PLC Nº 02/2025 - Dispõe sobre o Sistema Tributário do Município de Rio Largo, Estado de Alagoas e, dá outras providências.</t>
@@ -2587,50 +2785,53 @@
     <t>2225</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 24/2025 DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DO ORÇAMENTO PARA O EXERCÍCIO DE RIO LARGO/AL , E DÁ OUTRAS PRVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 25/2025 AUTORIZA A DOAÇÃO DE IMOÓVEL DEPROPRIEDADE DO MUNICÍPIO DE RIO LARGO AO ESTADO DE ALAGOAS, DESTINADO À CONSTRUÇÃO DE CRECHE DO PROGRAMA CRIANÇA ALAGOANA ( CRECHE CRIA ) , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf</t>
   </si>
   <si>
     <t>PLE Nº 26/2025 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE RIO LARGO PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS (PLOA)</t>
   </si>
   <si>
     <t>2348</t>
+  </si>
+  <si>
+    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2348/pdfs_ple_no_27-2025_-_contratar_operacao_de_credito_-_fonplata.pdf-b15d3249-1f1a-41f8-9c51-7c84887353f9.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°27/2025 AUTORIZA O PODER EXECUTIVO A CONTRTAR OPERAÇÃO DE CRÉDITO EXTERNA JUNTO AO FUNDO FINANCEIRO PARA O DESENVOLVIMENTO DA BACIA DO PRATA-FONPLATA, DESTINADA AO FINANCIAMENTO PARCIAL DO PRGRAMA DE MOBILIDADE E DESENVOLVIMENTO SOCIAMBIENTAL DE RIO LARGO, CONTEMPLANDO AÇÕES DE INFRAESTRUTURA E MOBILIDADE URBANA, E DESENVOLVIMENTO URBANO, MEIO AMBIENTE E ESGOTAMENTO SANITÁRIO, E DESENVOLVIMENTO URBANO E EQUIPAMENTOS PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>ALTERA O ART. 3° DA LEI N° 1.997, DE 19 DE JULHO DE 2023, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER  BOLSA AOS ESTUDADES DO ENSINO FUNDAMENTAL DA MODALIDADE EDUCAÇÃO DE JOVENS E ADULTOS-EJA , QUE FAZEM PARTE DA REDE MUNICIPAL DE ENSINO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 29/2025 DISPÕE SOBRE A INSTITUIÇÃO DO PROGRMA DE RECUPERAÇÃO FISCAL-REFIS- NO MUNICÍPIO DE RIO LARGO PARA O SEGUNDO SEMESTRE DO ANO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf</t>
   </si>
   <si>
     <t>PLE Nº 30/2025 - INSTITUI O SISTEMA MUNICIPAL DE APOSTAS E LOTERIAS NO ÂMBITO DO MUNICÍPIO DE RIO LARGO.</t>
   </si>
@@ -2933,50 +3134,53 @@
     <t>2255</t>
   </si>
   <si>
     <t>PLL Nº 46/2025 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE ALAGOAS PARA A IMPLANTAÇÃO DO SISTEMA "HELPERS" NO MUNICÍPIO DE RIO LARGO EM EVENTOS PÚBLICOS E LOCAIS DE GRANDE CIRCULAÇÃO DE PESSOAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 47/2025 DISPÕE SOBRE A EXIGÊNCIA DE CERTIDÃO DE ANTECEDENTES CRIMINAIS PARA PESSOAS CONTRATADAS PARA PRESTAR SERVIÇOS NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA OUINDIRETA.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° ESTALBELECE A OBRIGATORIEDADE DA APRESENTAÇÃO DE ATESTADO DE ANTECIPADO DE ANTECEDENTES CRIMINIAIS PARA ADMISSÃO DE PROFISSIONAIS NAS INSTITUIÇÕES DE ENSINO DO MUNICÍPIO DE RIO LARGO , PÚBLICAS E PRIVADAS.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 49/2025 AUTORIZA O MUNICÍPIO DE RIO LARGO A EXIGIR A APRESENTAÇÃO DE ANTECEDENTES CRIMINAIS E A REALIZAÇÃO DE INVESTIGAÇÃO, CONTRATAÇÃO E POSSE DE SERVIDORES PÚBLICOS COMISSIONADOS, CONTRATADOS E EFETIVOS, QUE EXERCEM FUNÇÕES DE ATENDIMENTO, CUIDADO, ORIENTAÇÃO, VIGILÂNCIA OU ACOMPANHAMENTO DIRETO DE CRIANÇAS E ADOLESCENTES NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>2265</t>
+  </si>
+  <si>
+    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2265/pll_no_50_-_dispoe_sobre_a_criacao_de_servico_publico_de_transporte_coletivo_de_passageiros_pelo_sistema_de_vlt_e_art..pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 50/2025 DISPÕE SOBRE A CRIAÇÃO DE SERVIÇO PÚBLICO DE TRANSPORTE COLETIVO DE PASSAGEIROS PELO SISTEMA DE VLT E ART NA CIDADE DE RIO LARGO.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>PLL Nº 51/2025 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTALAR CÂMERAS DE VIDEOMONITORAMENTO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf</t>
   </si>
   <si>
     <t>PLL Nº 52/2025 - DISPÕE SOBRE A INSTITUIÇÃO DE NORMAS DE QUALIDADE, VISTORIA, MANUTENÇÃO, TRANSPARÊNCIA, PARTICIPAÇÃO CIDADÃ, FISCALIZAÇÃO E PENALIDADES APLICÁVEI AO SERVIÇO TRANSPORTE PÚBLICO COLETIVO E ALTERNATIVO, MUNICIPAL E INTERMUNICIPAL, NO ÂMBITO DO MUNICÍPIO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>PLL Nº 53/2025 - INSTITUI O PROGRAMA DE VACINAÇÃO DOMICILIAR PARA PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NO ÂMBITO DO MUNICÍPIO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -3631,56 +3835,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_-_0062025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2069/transporte_publico.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2070/centro_de_saude_da_mulher.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2110/ubs_margarida_procopio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_078-2025_-_solicita_da_seinfra_a_ampliacao_da_praia_humaita_sendo_anexada_a_antiga_escola_marechal_deodoro_da_fonseca_com_equipamentos_de_saude_esporte_lazer_e_bem_estar_social..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2133/cras_e_cadastro_unico_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2145/espaco_crossfit.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2162/asfalto_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2326/projeto_de_lei_complementar_no_003.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2012/projet1.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_lei_do_executivo_no_04.2025_-_dispoe_sobre_o_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_do_executivo_no_05.2025_-_dispoe_sobre_o_uso_e_ocupacao_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_lei_do_executivo_no_06.2025_-_institui_plano_de_mobilidade_urbana_de_rio_largo_-_planmob_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2020/ple.08.2025_planoprimeirainfancia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_n_09-2025_novo_ok.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2113/ple_no142025_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_especial_na_lei_orcamentaria_anual_de_2025_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2130/ple_no_18_de_06_de_maio_de_2025_-_reajusta_os_valores_vencimento_em_vigor_do_pessoal_da_rede_publica_municipal_de_ensino_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2346/projeto_de_lei_do_executivo_no_23.2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2379/ple_31.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_01.2025_criacaodoscargosdamesa.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_02.2025_criacaocargosdiretorialicitacaocontratos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2043/pdl_no_03_de_05_de_fevereiro_de_2025_-_programa_amigo_da_escola.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2068/pdl_no_no_06_de_11_de_marco_de_2025_-_elas_atletas.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2083/pll_no_no_08_de_19_de_marco_de_2025_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2108/pll_no_no_010_de_25_de_marco_de_2025_-_aplicativo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2146/pll_no_no_017_de_19_de_maio_de_2025_-_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2151/pll_no_no_018_de_27_de_maio_de_2025_-_oca.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2161/pll_no_no_021_de_03_de_junho_de_2025_-_patrulha_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2338/pll_no_57.2025_-_criacao_de_banco_municipal_de_emprestimos_e_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2336/pll_no_58.2025_-_institui_no_ambito_do_municipio_a_semana_educativa_de_combate_a_violencia_contra_a_mulher_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2337/pll_no_59.2025_-_programa_municipal_cuidar_de_quem_cuida.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2351/pll_no_60.2025_-_obrigatoriedade_de_inclusao_cadastro_de_unidades_domesticas_relativo_ao_quantitativo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2373/pll_no_612025_-_reconhece_os_catadores_e_catadoras_de_materiais_reciclaveis_como_agentes_ambientais_no_municipio_de_rio_largo_institui_diretrizes_para_sua_atuacao_e_para_politicas_de_apoio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2132/002_-_convocacao_sessoes_extraordinarias.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2150/002_-_obras_brasil_novo_e_tavares_granja.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2345/veto_total_ao_projeto_de_lei_no_47.2025_-_antecedentes_criminais_para_pessoas_contratadas.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2275/veto_total_ao_projeto_de_lei_do_legislativo_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2276/veto_total_ao_projeto_de_lei_do_poder_legislativo_no_28-2025..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2277/veto_total_ao_projeto_de__lei_do_legislativo_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2278/veto_total_ao_projeto_de_lei_do_legislativo_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2279/veto_total_ao_projeto_de_lei_do_legislativo_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2280/veto_total_do_projeto_de_lei_do_legislativo_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2281/veto_total_do_projeto_de_lei_do_legislativo_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2282/veto_total_do_projeto_de_do_legislativo_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2283/veto_total_do_projeto_de_lei_do_legislativo_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2347/veto_total_ao_projeto_de_lei_do_legislativo_-_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2310/requerimento_no_11-2025_-_ver._douglas_costa.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_-_0062025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2069/transporte_publico.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2070/centro_de_saude_da_mulher.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2110/ubs_margarida_procopio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_078-2025_-_solicita_da_seinfra_a_ampliacao_da_praia_humaita_sendo_anexada_a_antiga_escola_marechal_deodoro_da_fonseca_com_equipamentos_de_saude_esporte_lazer_e_bem_estar_social..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2133/cras_e_cadastro_unico_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2145/espaco_crossfit.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2162/asfalto_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2326/projeto_de_lei_complementar_no_003.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2012/projet1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_lei_do_executivo_no_04.2025_-_dispoe_sobre_o_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_do_executivo_no_05.2025_-_dispoe_sobre_o_uso_e_ocupacao_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_lei_do_executivo_no_06.2025_-_institui_plano_de_mobilidade_urbana_de_rio_largo_-_planmob_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2020/ple.08.2025_planoprimeirainfancia.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_n_09-2025_novo_ok.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2113/ple_no142025_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_especial_na_lei_orcamentaria_anual_de_2025_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2130/ple_no_18_de_06_de_maio_de_2025_-_reajusta_os_valores_vencimento_em_vigor_do_pessoal_da_rede_publica_municipal_de_ensino_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2346/projeto_de_lei_do_executivo_no_23.2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2348/pdfs_ple_no_27-2025_-_contratar_operacao_de_credito_-_fonplata.pdf-b15d3249-1f1a-41f8-9c51-7c84887353f9.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2379/ple_31.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_01.2025_criacaodoscargosdamesa.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_02.2025_criacaocargosdiretorialicitacaocontratos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2043/pdl_no_03_de_05_de_fevereiro_de_2025_-_programa_amigo_da_escola.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2068/pdl_no_no_06_de_11_de_marco_de_2025_-_elas_atletas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2083/pll_no_no_08_de_19_de_marco_de_2025_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2108/pll_no_no_010_de_25_de_marco_de_2025_-_aplicativo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2146/pll_no_no_017_de_19_de_maio_de_2025_-_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2151/pll_no_no_018_de_27_de_maio_de_2025_-_oca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2161/pll_no_no_021_de_03_de_junho_de_2025_-_patrulha_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2265/pll_no_50_-_dispoe_sobre_a_criacao_de_servico_publico_de_transporte_coletivo_de_passageiros_pelo_sistema_de_vlt_e_art..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2338/pll_no_57.2025_-_criacao_de_banco_municipal_de_emprestimos_e_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2336/pll_no_58.2025_-_institui_no_ambito_do_municipio_a_semana_educativa_de_combate_a_violencia_contra_a_mulher_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2337/pll_no_59.2025_-_programa_municipal_cuidar_de_quem_cuida.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2351/pll_no_60.2025_-_obrigatoriedade_de_inclusao_cadastro_de_unidades_domesticas_relativo_ao_quantitativo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2373/pll_no_612025_-_reconhece_os_catadores_e_catadoras_de_materiais_reciclaveis_como_agentes_ambientais_no_municipio_de_rio_largo_institui_diretrizes_para_sua_atuacao_e_para_politicas_de_apoio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2132/002_-_convocacao_sessoes_extraordinarias.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2150/002_-_obras_brasil_novo_e_tavares_granja.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2345/veto_total_ao_projeto_de_lei_no_47.2025_-_antecedentes_criminais_para_pessoas_contratadas.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2275/veto_total_ao_projeto_de_lei_do_legislativo_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2276/veto_total_ao_projeto_de_lei_do_poder_legislativo_no_28-2025..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2277/veto_total_ao_projeto_de__lei_do_legislativo_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2278/veto_total_ao_projeto_de_lei_do_legislativo_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2279/veto_total_ao_projeto_de_lei_do_legislativo_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2280/veto_total_do_projeto_de_lei_do_legislativo_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2281/veto_total_do_projeto_de_lei_do_legislativo_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2282/veto_total_do_projeto_de_do_legislativo_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2283/veto_total_do_projeto_de_lei_do_legislativo_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2347/veto_total_ao_projeto_de_lei_do_legislativo_-_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2310/requerimento_no_11-2025_-_ver._douglas_costa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H356"/>
+  <dimension ref="A1:H379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -9387,3567 +9591,4165 @@
       </c>
       <c r="G220" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H220" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>692</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>693</v>
       </c>
       <c r="D221" t="s">
         <v>17</v>
       </c>
       <c r="E221" t="s">
         <v>18</v>
       </c>
       <c r="F221" t="s">
-        <v>381</v>
+        <v>23</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H221" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>695</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>696</v>
       </c>
       <c r="D222" t="s">
         <v>17</v>
       </c>
       <c r="E222" t="s">
         <v>18</v>
       </c>
       <c r="F222" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H222" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>698</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>10</v>
+        <v>699</v>
       </c>
       <c r="D223" t="s">
-        <v>699</v>
+        <v>17</v>
       </c>
       <c r="E223" t="s">
+        <v>18</v>
+      </c>
+      <c r="F223" t="s">
+        <v>103</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H223" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>701</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
         <v>702</v>
       </c>
-      <c r="B224" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D224" t="s">
-        <v>699</v>
+        <v>17</v>
       </c>
       <c r="E224" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="F224" t="s">
-        <v>80</v>
+        <v>381</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>704</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>10</v>
+        <v>705</v>
       </c>
       <c r="D225" t="s">
-        <v>705</v>
+        <v>17</v>
       </c>
       <c r="E225" t="s">
+        <v>18</v>
+      </c>
+      <c r="F225" t="s">
+        <v>19</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H225" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>707</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
         <v>708</v>
       </c>
-      <c r="B226" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D226" t="s">
+        <v>17</v>
+      </c>
+      <c r="E226" t="s">
+        <v>18</v>
+      </c>
+      <c r="F226" t="s">
+        <v>67</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H226" t="s">
         <v>709</v>
-      </c>
-[...10 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>710</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>711</v>
+      </c>
+      <c r="D227" t="s">
+        <v>17</v>
+      </c>
+      <c r="E227" t="s">
+        <v>18</v>
+      </c>
+      <c r="F227" t="s">
+        <v>35</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H227" t="s">
         <v>712</v>
-      </c>
-[...19 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>713</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
         <v>714</v>
       </c>
-      <c r="B228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D228" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E228" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F228" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H228" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>716</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>30</v>
+        <v>717</v>
       </c>
       <c r="D229" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E229" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F229" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H229" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>34</v>
+        <v>720</v>
       </c>
       <c r="D230" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E230" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F230" t="s">
-        <v>80</v>
+        <v>381</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H230" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>38</v>
+        <v>723</v>
       </c>
       <c r="D231" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E231" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F231" t="s">
         <v>39</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H231" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>41</v>
+        <v>726</v>
       </c>
       <c r="D232" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E232" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F232" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H232" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>45</v>
+        <v>729</v>
       </c>
       <c r="D233" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E233" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F233" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H233" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>49</v>
+        <v>732</v>
       </c>
       <c r="D234" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E234" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F234" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H234" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>53</v>
+        <v>735</v>
       </c>
       <c r="D235" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E235" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F235" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H235" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>60</v>
+        <v>738</v>
       </c>
       <c r="D236" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="E236" t="s">
-        <v>710</v>
+        <v>18</v>
       </c>
       <c r="F236" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>731</v>
+        <v>14</v>
       </c>
       <c r="H236" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>10</v>
+        <v>741</v>
       </c>
       <c r="D237" t="s">
-        <v>734</v>
+        <v>17</v>
       </c>
       <c r="E237" t="s">
-        <v>735</v>
+        <v>18</v>
       </c>
       <c r="F237" t="s">
-        <v>736</v>
+        <v>67</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>737</v>
+        <v>14</v>
       </c>
       <c r="H237" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>22</v>
+        <v>744</v>
       </c>
       <c r="D238" t="s">
-        <v>734</v>
+        <v>17</v>
       </c>
       <c r="E238" t="s">
-        <v>735</v>
+        <v>18</v>
       </c>
       <c r="F238" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>740</v>
+        <v>14</v>
       </c>
       <c r="H238" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>26</v>
+        <v>747</v>
       </c>
       <c r="D239" t="s">
-        <v>734</v>
+        <v>17</v>
       </c>
       <c r="E239" t="s">
-        <v>735</v>
+        <v>18</v>
       </c>
       <c r="F239" t="s">
-        <v>736</v>
+        <v>23</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>743</v>
+        <v>14</v>
       </c>
       <c r="H239" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>26</v>
+        <v>750</v>
       </c>
       <c r="D240" t="s">
-        <v>746</v>
+        <v>17</v>
       </c>
       <c r="E240" t="s">
-        <v>747</v>
+        <v>18</v>
       </c>
       <c r="F240" t="s">
-        <v>736</v>
+        <v>19</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>748</v>
+        <v>14</v>
       </c>
       <c r="H240" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>30</v>
+        <v>753</v>
       </c>
       <c r="D241" t="s">
-        <v>746</v>
+        <v>17</v>
       </c>
       <c r="E241" t="s">
-        <v>747</v>
+        <v>18</v>
       </c>
       <c r="F241" t="s">
-        <v>736</v>
+        <v>35</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>751</v>
+        <v>14</v>
       </c>
       <c r="H241" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>34</v>
+        <v>756</v>
       </c>
       <c r="D242" t="s">
-        <v>746</v>
+        <v>17</v>
       </c>
       <c r="E242" t="s">
-        <v>747</v>
+        <v>18</v>
       </c>
       <c r="F242" t="s">
-        <v>736</v>
+        <v>46</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>754</v>
+        <v>14</v>
       </c>
       <c r="H242" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>746</v>
+        <v>759</v>
       </c>
       <c r="E243" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F243" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>757</v>
+        <v>14</v>
       </c>
       <c r="H243" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>762</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>22</v>
+      </c>
+      <c r="D244" t="s">
         <v>759</v>
       </c>
-      <c r="B244" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E244" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="F244" t="s">
-        <v>736</v>
+        <v>80</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H244" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="D245" t="s">
-        <v>746</v>
+        <v>765</v>
       </c>
       <c r="E245" t="s">
-        <v>747</v>
+        <v>766</v>
       </c>
       <c r="F245" t="s">
-        <v>736</v>
+        <v>103</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>762</v>
+        <v>14</v>
       </c>
       <c r="H245" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="D246" t="s">
-        <v>746</v>
+        <v>765</v>
       </c>
       <c r="E246" t="s">
-        <v>747</v>
+        <v>766</v>
       </c>
       <c r="F246" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>765</v>
+        <v>14</v>
       </c>
       <c r="H246" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D247" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E247" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F247" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H247" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="D248" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E248" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F248" t="s">
-        <v>736</v>
+        <v>50</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H248" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>776</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>26</v>
+      </c>
+      <c r="D249" t="s">
         <v>771</v>
       </c>
-      <c r="B249" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E249" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F249" t="s">
-        <v>736</v>
+        <v>27</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H249" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="D250" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E250" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F250" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H250" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="D251" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E251" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F251" t="s">
-        <v>736</v>
+        <v>80</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>776</v>
+        <v>14</v>
       </c>
       <c r="H251" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="D252" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E252" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F252" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H252" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="D253" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E253" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F253" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H253" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="D254" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E254" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F254" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>783</v>
+        <v>14</v>
       </c>
       <c r="H254" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="D255" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E255" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F255" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H255" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="D256" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E256" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F256" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H256" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>90</v>
+        <v>57</v>
       </c>
       <c r="D257" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E257" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F257" t="s">
-        <v>736</v>
+        <v>27</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H257" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="D258" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E258" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F258" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>14</v>
+        <v>795</v>
       </c>
       <c r="H258" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="D259" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="E259" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F259" t="s">
-        <v>736</v>
+        <v>31</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>794</v>
+        <v>14</v>
       </c>
       <c r="H259" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>746</v>
+        <v>800</v>
       </c>
       <c r="E260" t="s">
-        <v>747</v>
+        <v>801</v>
       </c>
       <c r="F260" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="H260" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D261" t="s">
-        <v>746</v>
+        <v>800</v>
       </c>
       <c r="E261" t="s">
-        <v>747</v>
+        <v>801</v>
       </c>
       <c r="F261" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>14</v>
+        <v>806</v>
       </c>
       <c r="H261" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>808</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>26</v>
+      </c>
+      <c r="D262" t="s">
+        <v>800</v>
+      </c>
+      <c r="E262" t="s">
         <v>801</v>
       </c>
-      <c r="B262" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F262" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="H262" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="D263" t="s">
-        <v>746</v>
+        <v>812</v>
       </c>
       <c r="E263" t="s">
-        <v>747</v>
+        <v>813</v>
       </c>
       <c r="F263" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>14</v>
+        <v>814</v>
       </c>
       <c r="H263" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>113</v>
+        <v>30</v>
       </c>
       <c r="D264" t="s">
-        <v>746</v>
+        <v>812</v>
       </c>
       <c r="E264" t="s">
-        <v>747</v>
+        <v>813</v>
       </c>
       <c r="F264" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>14</v>
+        <v>817</v>
       </c>
       <c r="H264" t="s">
-        <v>807</v>
+        <v>818</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="D265" t="s">
-        <v>746</v>
+        <v>812</v>
       </c>
       <c r="E265" t="s">
-        <v>747</v>
+        <v>813</v>
       </c>
       <c r="F265" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>14</v>
+        <v>820</v>
       </c>
       <c r="H265" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>119</v>
+        <v>38</v>
       </c>
       <c r="D266" t="s">
-        <v>746</v>
+        <v>812</v>
       </c>
       <c r="E266" t="s">
-        <v>747</v>
+        <v>813</v>
       </c>
       <c r="F266" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="H266" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>825</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" t="s">
+        <v>812</v>
+      </c>
+      <c r="E267" t="s">
         <v>813</v>
       </c>
-      <c r="B267" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F267" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>814</v>
+        <v>14</v>
       </c>
       <c r="H267" t="s">
-        <v>815</v>
+        <v>826</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>816</v>
+        <v>827</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D268" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E268" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F268" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="H268" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="D269" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E269" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F269" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="H269" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="D270" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E270" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F270" t="s">
         <v>39</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>826</v>
+        <v>14</v>
       </c>
       <c r="H270" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="D271" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E271" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F271" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H271" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="D272" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E272" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F272" t="s">
-        <v>19</v>
+        <v>802</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H272" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="D273" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E273" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F273" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>833</v>
+        <v>14</v>
       </c>
       <c r="H273" t="s">
-        <v>768</v>
+        <v>840</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="D274" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E274" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F274" t="s">
-        <v>19</v>
+        <v>802</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
       <c r="H274" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="D275" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E275" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F275" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>837</v>
+        <v>14</v>
       </c>
       <c r="H275" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="D276" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E276" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F276" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>840</v>
+        <v>14</v>
       </c>
       <c r="H276" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="D277" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E277" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F277" t="s">
-        <v>23</v>
+        <v>802</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>14</v>
+        <v>849</v>
       </c>
       <c r="H277" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="D278" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E278" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F278" t="s">
-        <v>67</v>
+        <v>802</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H278" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>63</v>
+        <v>86</v>
       </c>
       <c r="D279" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E279" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F279" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H279" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="D280" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E280" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F280" t="s">
-        <v>31</v>
+        <v>802</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H280" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="D281" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E281" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F281" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H281" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="D282" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E282" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F282" t="s">
-        <v>19</v>
+        <v>802</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>14</v>
+        <v>860</v>
       </c>
       <c r="H282" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="D283" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E283" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F283" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="H283" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="D284" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E284" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F284" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>858</v>
+        <v>14</v>
       </c>
       <c r="H284" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="D285" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E285" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F285" t="s">
-        <v>80</v>
+        <v>802</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>14</v>
+        <v>868</v>
       </c>
       <c r="H285" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="D286" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E286" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F286" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="H286" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D287" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E287" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F287" t="s">
-        <v>80</v>
+        <v>802</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H287" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D288" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E288" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F288" t="s">
-        <v>39</v>
+        <v>802</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H288" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="D289" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E289" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F289" t="s">
-        <v>67</v>
+        <v>802</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>14</v>
+        <v>878</v>
       </c>
       <c r="H289" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="D290" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E290" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F290" t="s">
-        <v>23</v>
+        <v>802</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>14</v>
+        <v>881</v>
       </c>
       <c r="H290" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>106</v>
+        <v>10</v>
       </c>
       <c r="D291" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E291" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F291" t="s">
-        <v>50</v>
+        <v>886</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>14</v>
+        <v>887</v>
       </c>
       <c r="H291" t="s">
-        <v>874</v>
+        <v>888</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="D292" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E292" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F292" t="s">
-        <v>103</v>
+        <v>886</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>14</v>
+        <v>890</v>
       </c>
       <c r="H292" t="s">
-        <v>876</v>
+        <v>891</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>877</v>
+        <v>892</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="D293" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E293" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F293" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>14</v>
+        <v>893</v>
       </c>
       <c r="H293" t="s">
-        <v>878</v>
+        <v>894</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>879</v>
+        <v>895</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="D294" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E294" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F294" t="s">
-        <v>819</v>
+        <v>39</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H294" t="s">
-        <v>880</v>
+        <v>896</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>881</v>
+        <v>897</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="D295" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E295" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F295" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H295" t="s">
-        <v>882</v>
+        <v>898</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>883</v>
+        <v>899</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="D296" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E296" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F296" t="s">
         <v>39</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>14</v>
+        <v>900</v>
       </c>
       <c r="H296" t="s">
-        <v>884</v>
+        <v>834</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>901</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>41</v>
+      </c>
+      <c r="D297" t="s">
+        <v>884</v>
+      </c>
+      <c r="E297" t="s">
         <v>885</v>
-      </c>
-[...10 lines deleted...]
-        <v>818</v>
       </c>
       <c r="F297" t="s">
         <v>19</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H297" t="s">
-        <v>886</v>
+        <v>902</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>887</v>
+        <v>903</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="D298" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E298" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F298" t="s">
         <v>39</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>14</v>
+        <v>904</v>
       </c>
       <c r="H298" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>889</v>
+        <v>906</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="D299" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E299" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F299" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>14</v>
+        <v>907</v>
       </c>
       <c r="H299" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>891</v>
+        <v>909</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="D300" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E300" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F300" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H300" t="s">
-        <v>892</v>
+        <v>910</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>893</v>
+        <v>911</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="D301" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E301" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F301" t="s">
-        <v>819</v>
+        <v>67</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H301" t="s">
-        <v>894</v>
+        <v>912</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>895</v>
+        <v>913</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>143</v>
+        <v>63</v>
       </c>
       <c r="D302" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E302" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F302" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H302" t="s">
-        <v>896</v>
+        <v>914</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D303" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E303" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F303" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H303" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>899</v>
+        <v>917</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>149</v>
+        <v>70</v>
       </c>
       <c r="D304" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E304" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F304" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H304" t="s">
-        <v>900</v>
+        <v>918</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>901</v>
+        <v>919</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>152</v>
+        <v>73</v>
       </c>
       <c r="D305" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E305" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F305" t="s">
         <v>19</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H305" t="s">
-        <v>902</v>
+        <v>920</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>903</v>
+        <v>921</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>155</v>
+        <v>76</v>
       </c>
       <c r="D306" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E306" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F306" t="s">
         <v>39</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>14</v>
+        <v>922</v>
       </c>
       <c r="H306" t="s">
-        <v>904</v>
+        <v>923</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>905</v>
+        <v>924</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="D307" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E307" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F307" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>14</v>
+        <v>925</v>
       </c>
       <c r="H307" t="s">
-        <v>906</v>
+        <v>926</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>907</v>
+        <v>927</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>162</v>
+        <v>83</v>
       </c>
       <c r="D308" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E308" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F308" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H308" t="s">
-        <v>908</v>
+        <v>928</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>909</v>
+        <v>929</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="D309" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E309" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F309" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>14</v>
+        <v>930</v>
       </c>
       <c r="H309" t="s">
-        <v>910</v>
+        <v>931</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>911</v>
+        <v>932</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>168</v>
+        <v>93</v>
       </c>
       <c r="D310" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E310" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F310" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H310" t="s">
-        <v>912</v>
+        <v>933</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>913</v>
+        <v>934</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="D311" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E311" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F311" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H311" t="s">
-        <v>914</v>
+        <v>935</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>915</v>
+        <v>936</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>174</v>
+        <v>99</v>
       </c>
       <c r="D312" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E312" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F312" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H312" t="s">
-        <v>916</v>
+        <v>937</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>917</v>
+        <v>938</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>177</v>
+        <v>102</v>
       </c>
       <c r="D313" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E313" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F313" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H313" t="s">
-        <v>918</v>
+        <v>939</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>919</v>
+        <v>940</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>180</v>
+        <v>106</v>
       </c>
       <c r="D314" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E314" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F314" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H314" t="s">
-        <v>920</v>
+        <v>941</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>921</v>
+        <v>942</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>183</v>
+        <v>110</v>
       </c>
       <c r="D315" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E315" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F315" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H315" t="s">
-        <v>922</v>
+        <v>943</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>923</v>
+        <v>944</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="D316" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E316" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F316" t="s">
         <v>80</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>924</v>
+        <v>14</v>
       </c>
       <c r="H316" t="s">
-        <v>925</v>
+        <v>945</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>926</v>
+        <v>946</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="D317" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E317" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F317" t="s">
-        <v>39</v>
+        <v>886</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H317" t="s">
-        <v>927</v>
+        <v>947</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>928</v>
+        <v>948</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>192</v>
+        <v>119</v>
       </c>
       <c r="D318" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E318" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F318" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H318" t="s">
-        <v>929</v>
+        <v>949</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>930</v>
+        <v>950</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>195</v>
+        <v>122</v>
       </c>
       <c r="D319" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E319" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F319" t="s">
         <v>39</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H319" t="s">
-        <v>931</v>
+        <v>951</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>932</v>
+        <v>952</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>198</v>
+        <v>128</v>
       </c>
       <c r="D320" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E320" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F320" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H320" t="s">
-        <v>933</v>
+        <v>953</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>934</v>
+        <v>954</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="D321" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E321" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F321" t="s">
         <v>39</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>935</v>
+        <v>14</v>
       </c>
       <c r="H321" t="s">
-        <v>936</v>
+        <v>955</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>937</v>
+        <v>956</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>204</v>
+        <v>134</v>
       </c>
       <c r="D322" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E322" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F322" t="s">
         <v>67</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>938</v>
+        <v>14</v>
       </c>
       <c r="H322" t="s">
-        <v>939</v>
+        <v>957</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>940</v>
+        <v>958</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>207</v>
+        <v>137</v>
       </c>
       <c r="D323" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E323" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F323" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>941</v>
+        <v>14</v>
       </c>
       <c r="H323" t="s">
-        <v>942</v>
+        <v>959</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>943</v>
+        <v>960</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>210</v>
+        <v>140</v>
       </c>
       <c r="D324" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E324" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F324" t="s">
-        <v>39</v>
+        <v>886</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>944</v>
+        <v>14</v>
       </c>
       <c r="H324" t="s">
-        <v>945</v>
+        <v>961</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>946</v>
+        <v>962</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>213</v>
+        <v>143</v>
       </c>
       <c r="D325" t="s">
-        <v>817</v>
+        <v>884</v>
       </c>
       <c r="E325" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="F325" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>947</v>
+        <v>14</v>
       </c>
       <c r="H325" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D326" t="s">
-        <v>950</v>
+        <v>884</v>
       </c>
       <c r="E326" t="s">
-        <v>951</v>
+        <v>885</v>
       </c>
       <c r="F326" t="s">
-        <v>819</v>
+        <v>39</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H326" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>10</v>
+        <v>149</v>
       </c>
       <c r="D327" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E327" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F327" t="s">
-        <v>39</v>
+        <v>886</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>956</v>
+        <v>14</v>
       </c>
       <c r="H327" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="D328" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E328" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F328" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>959</v>
+        <v>14</v>
       </c>
       <c r="H328" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>961</v>
+        <v>970</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>26</v>
+        <v>155</v>
       </c>
       <c r="D329" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E329" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F329" t="s">
         <v>39</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H329" t="s">
-        <v>962</v>
+        <v>971</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="D330" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E330" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F330" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H330" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>38</v>
+        <v>162</v>
       </c>
       <c r="D331" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E331" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F331" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H331" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>41</v>
+        <v>165</v>
       </c>
       <c r="D332" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E332" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F332" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H332" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>45</v>
+        <v>168</v>
       </c>
       <c r="D333" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E333" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F333" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H333" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="D334" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E334" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F334" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H334" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="D335" t="s">
-        <v>954</v>
+        <v>884</v>
       </c>
       <c r="E335" t="s">
-        <v>955</v>
+        <v>885</v>
       </c>
       <c r="F335" t="s">
-        <v>819</v>
+        <v>39</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H335" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D336" t="s">
-        <v>976</v>
+        <v>884</v>
       </c>
       <c r="E336" t="s">
-        <v>977</v>
+        <v>885</v>
       </c>
       <c r="F336" t="s">
-        <v>736</v>
+        <v>67</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>978</v>
+        <v>14</v>
       </c>
       <c r="H336" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="D337" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E337" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F337" t="s">
-        <v>736</v>
+        <v>35</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="H337" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>22</v>
+        <v>183</v>
       </c>
       <c r="D338" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E338" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F338" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>986</v>
+        <v>14</v>
       </c>
       <c r="H338" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>26</v>
+        <v>186</v>
       </c>
       <c r="D339" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E339" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F339" t="s">
-        <v>736</v>
+        <v>80</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="H339" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="D340" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E340" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F340" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>992</v>
+        <v>14</v>
       </c>
       <c r="H340" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="D341" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E341" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F341" t="s">
-        <v>736</v>
+        <v>67</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>995</v>
+        <v>14</v>
       </c>
       <c r="H341" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="D342" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E342" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F342" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>998</v>
+        <v>14</v>
       </c>
       <c r="H342" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1000</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="D343" t="s">
-        <v>981</v>
+        <v>884</v>
       </c>
       <c r="E343" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="F343" t="s">
-        <v>736</v>
+        <v>39</v>
       </c>
       <c r="G343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H343" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>201</v>
+      </c>
+      <c r="D344" t="s">
+        <v>884</v>
+      </c>
+      <c r="E344" t="s">
+        <v>885</v>
+      </c>
+      <c r="F344" t="s">
+        <v>39</v>
+      </c>
+      <c r="G344" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B344" t="s">
-[...14 lines deleted...]
-      <c r="G344" s="1" t="s">
+      <c r="H344" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>204</v>
+      </c>
+      <c r="D345" t="s">
+        <v>884</v>
+      </c>
+      <c r="E345" t="s">
+        <v>885</v>
+      </c>
+      <c r="F345" t="s">
+        <v>67</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B345" t="s">
-[...14 lines deleted...]
-      <c r="G345" s="1" t="s">
+      <c r="H345" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>207</v>
+      </c>
+      <c r="D346" t="s">
+        <v>884</v>
+      </c>
+      <c r="E346" t="s">
+        <v>885</v>
+      </c>
+      <c r="F346" t="s">
+        <v>23</v>
+      </c>
+      <c r="G346" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B346" t="s">
-[...14 lines deleted...]
-      <c r="G346" s="1" t="s">
+      <c r="H346" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>210</v>
+      </c>
+      <c r="D347" t="s">
+        <v>884</v>
+      </c>
+      <c r="E347" t="s">
+        <v>885</v>
+      </c>
+      <c r="F347" t="s">
+        <v>39</v>
+      </c>
+      <c r="G347" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="B347" t="s">
-[...5 lines deleted...]
-      <c r="D347" t="s">
+      <c r="H347" t="s">
         <v>1013</v>
-      </c>
-[...10 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>213</v>
+      </c>
+      <c r="D348" t="s">
+        <v>884</v>
+      </c>
+      <c r="E348" t="s">
+        <v>885</v>
+      </c>
+      <c r="F348" t="s">
+        <v>39</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H348" t="s">
         <v>1016</v>
-      </c>
-[...19 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>10</v>
+      </c>
+      <c r="D349" t="s">
         <v>1018</v>
       </c>
-      <c r="B349" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E349" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="F349" t="s">
-        <v>27</v>
+        <v>886</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H349" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D350" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="E350" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F350" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>14</v>
+        <v>1024</v>
       </c>
       <c r="H350" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>22</v>
+      </c>
+      <c r="D351" t="s">
         <v>1022</v>
       </c>
-      <c r="B351" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E351" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F351" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>14</v>
+        <v>1027</v>
       </c>
       <c r="H351" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D352" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="E352" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F352" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H352" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="D353" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="E353" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F353" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1027</v>
+        <v>14</v>
       </c>
       <c r="H353" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="D354" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="E354" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F354" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H354" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="D355" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="E355" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F355" t="s">
         <v>39</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H355" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
+        <v>45</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F356" t="s">
+        <v>39</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>49</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F357" t="s">
+        <v>39</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>53</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F358" t="s">
+        <v>886</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>171</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F359" t="s">
+        <v>802</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>10</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F360" t="s">
+        <v>802</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
         <v>22</v>
       </c>
-      <c r="D356" t="s">
-[...5 lines deleted...]
-      <c r="F356" t="s">
+      <c r="D361" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F361" t="s">
+        <v>802</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>26</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F362" t="s">
+        <v>802</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>30</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F363" t="s">
+        <v>802</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>34</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F364" t="s">
+        <v>802</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>38</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F365" t="s">
+        <v>802</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>41</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F366" t="s">
+        <v>802</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>45</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F367" t="s">
+        <v>802</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>49</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F368" t="s">
+        <v>802</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>53</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F369" t="s">
+        <v>802</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>10</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F370" t="s">
+        <v>80</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>22</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F371" t="s">
+        <v>27</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>26</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F372" t="s">
+        <v>27</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>30</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F373" t="s">
+        <v>27</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>34</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F374" t="s">
+        <v>27</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>38</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F375" t="s">
+        <v>27</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>57</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F376" t="s">
+        <v>39</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>60</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F377" t="s">
+        <v>39</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>63</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F378" t="s">
+        <v>39</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>22</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F379" t="s">
         <v>103</v>
       </c>
-      <c r="G356" s="1" t="s">
-[...3 lines deleted...]
-        <v>1036</v>
+      <c r="G379" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1104</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13263,50 +14065,73 @@
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
     <hyperlink ref="G338" r:id="rId337"/>
     <hyperlink ref="G339" r:id="rId338"/>
     <hyperlink ref="G340" r:id="rId339"/>
     <hyperlink ref="G341" r:id="rId340"/>
     <hyperlink ref="G342" r:id="rId341"/>
     <hyperlink ref="G343" r:id="rId342"/>
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
     <hyperlink ref="G350" r:id="rId349"/>
     <hyperlink ref="G351" r:id="rId350"/>
     <hyperlink ref="G352" r:id="rId351"/>
     <hyperlink ref="G353" r:id="rId352"/>
     <hyperlink ref="G354" r:id="rId353"/>
     <hyperlink ref="G355" r:id="rId354"/>
     <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>