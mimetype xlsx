--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMSUP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>JLR - Justiça, Legislação e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/</t>
+    <t>http://sapl.riolargo.al.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA N/ 01 AO PROJETO DE LEI N° 04, DE 09 DE JANEIRO DE 2025.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JEFFERSON ALEXANDRE</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 01/2025 SOLICITA DA GESTÃO MUNICIPAL ASSEGURAR AOS PROFISSIONAIS DO MAGISTÉRIO DA REDE MUNICIPAL DE ENSINO O PAGAMENTO DO PISO O PAGAMENTO DO PISO NACIONAL DA CATEGORIA, BEM COMO CONCEDER O MESMO REAJUSTE PERCENTUAL A TODOS OS DEMAIS PROFISSIONAIS QUE ATUAM NA EDUCAÇÃO MUNICIPAL, SEJAM ADMINISTRATIVO OU APOIO.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -174,51 +174,51 @@
   <si>
     <t>CARLINHOS REIS</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 08/2025 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UMA CRECHE PARA ATENDER AOS MORADORES DO BAIRRO LOURENÇO DE ALBUQUERQUE, EM NOSSO CIDADE.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DR. IZAQUE</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 09/2025 IMPLANTAÇÃO DE UM SISTEMA DE VÍDEO MONITORAMENTO PARA AS ENTRADAS E AS PRINCIPAIS RUAS E AVENIDAS DO NOSSO MUNICÍPIO, INCLUINDO AS VIAS EM QUE SE LOCALIZEM ESCOLAS PÚBLICAS E PRIVADAS E UBS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_-_0062025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_-_0062025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2025 - SOLICITA A GESTÃO MUNICIPAL A CRIAÇÃO DO CENTRO ESPECIALIZADO DE QUALIFICAÇÃO PROFISSIONAL - CEQP, COM POLOS DISTRIBUÍDOS EM BAIRROS ESTRATÉGICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 11/2025 SOLICITA DA GESTÃO MUNICIPAL A REALIZAÇÃO DE ESTUDOS PARA O REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS DO MUNICÍPIO DE RIO LARGO DAS PERDAS INFLACIONÁRIAS DOS ULTIMOS ANOS._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
@@ -438,51 +438,51 @@
   <si>
     <t>24</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 24/2025 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE UM CENTRO ESPECIALIZADO E UM PROGRAMA MUNICIPAL PARA O INCENTIVO AO EMPREENDEDORISMO FEMININO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>EFRAIN VERÇOLINO</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 25/2025 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM CAMPO DE FUTEBOL PARA ATENDER AS DESPORTISTAS DA REGIÃO DO VILA NOVA, BAIRRO MATA DO ROLO , NESTA CIDADE.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2069/transporte_publico.docx</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2069/transporte_publico.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 026/2025 - Solicitação de informações e providências à Agência Reguladora de Serviços Públicos do Estado de Alagoas (ARSAL) e ao Ministério Público do Estado de Alagoas (1ª Promotoria de Rio Largo) sobre a situação da Auto Viação Veleiro em Rio Largo.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 27/2025 SOLICITA DA GESTÃO MUNICIPAL A DRENAGEM , SANEAMENTO E PAVIMENTAÇÃO DAS VIAS CONHECIDAS COMO " RUA PADRE C´CERO E TRAVESSA SÃO JOSÉ , LOCALIZADAS NA LOCALIDADE BAIRRO NOSSO, NO BAIRRO ANTÔNIO LINS DE SOUZA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 28/2025 SOLICITA DA GUARDA MUNICIPAL E POLICÍA DE ALAGOAS A REALIZAÇÃO DE RONDAS PERIÓDICAS NO INÍCIO DA MANHÃ E FINAL DE TARDE PARA DAR MAIS SEGURANÇA AOS PRATICANTES DE CAMINHADA E CORRIDA QUE UTILIZAM O TRECHO ENTRE A PONTE SOB O RIO MUNDAÚ E A ENTRADA DA CIDADE PELA BR 101, MAIS CONHECIDA COMO ENTRADA DA CONE E TAMBÉM O TRECHO ENTRE PRAÇA DO SEIXO EM DIREÇÃO AO TABULEIRO DO PINTO.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
@@ -586,51 +586,51 @@
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 40/2025 SOLICITA DA GESTÃO MUNICIPAL E DA SECRETARIA DE INFRAESTRUTURA, A LIMPEZA E O ISOLAMENTO PROVISÓRIO DA ENTRDA E DOS FUNDOS DA ANTIGA UNIDADE DE SAÚDE EZEQUIAS ALVES NO CONJUNTO PADRE CÍCERO, ALÉM DA ANÁLISE TÉCNICO PARA A CONSTRUÇÃO DE UM CENTRO ODONTOLÓGICO NO ESPAÇO PÚBLICO REFEWRIDO, QUE POSSA ATENDER A ENORME DEMANDA DA PARTE ALTA DA CIDADE.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 41/2025 SOLICITA DA GESTÃO MUNICIPAL A REATIVAÇÃO DOS PLANOS DE SAÚDE DOS SERVIDORES PÚBLICAS DE RIO LARGO.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2070/centro_de_saude_da_mulher.docx</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2070/centro_de_saude_da_mulher.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 042/2025 - Construção de um Centro Especializado em Saúde da Mulher, a ser instalado no bairro Brasil Novo, com o objetivo de atender toda a parte alta da cidade, oferecendo serviços essenciais e especializados para a saúde feminina.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 43/2025 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE UMA LOTERIA MUNICIPAL PARA FINANCIAR PROJETOS SOCIAIS VOLTADOS AOS IDOSOS E ÀS PESSOAS COM DEFICIÊNCIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 44/2025 SOLICITA DA GESTÃO MUNICIPAL A RECUPERAÇÃO DA PAVIMENTO ASAFÁLTICA, BEM COMO A REPOSIÇÃO DA ILUMINAÇÃO PÚBLICA EM LED DE TODO O CORREDOR DE TRANSPORTE DO CONJUNTO MUTIRÃO, E DAS VIAS CONHECIDAS COMO RUA SÃO JOÃO, RUA DO CAJUEIRO E SÃO JOAQUIM, VIAS DE LIGAÇÃO DO CENTRO ATÉ A LOCALIDADE MUTIRÃO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
@@ -796,51 +796,51 @@
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>INDICAÇÃO N°63/2025 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM MIRANTE COM A INSTALAÇÃO DE UMA IMAGEM EM HOMENAGEM À  NOSSA SENHORA DA CONCEIÇÃO , PADROEIRA DA CIDADE , EM LOCAL DE GRANDE VISIBILIDADE E VISANDO INCENTIVAR O TURISMO RELIGIOSO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 64/2025 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE UMA CASA DE APOIO AO PARTO NORMAL E HUMANIZADO EM NOSSA CIDADE PARA INCENTIVAR E APOIAR AS MULHERES QUE DESEJAM REALIZAR O PARTO DE MANEIRA NATURAL EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2110/ubs_margarida_procopio.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2110/ubs_margarida_procopio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 065/2025 - SOLICITA A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) TIPO I NO CONJUNTO MARGARIDA PROCÓPIO, BAIRRO BRASIL NOVO, NO TERRENO AO LADO DA IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 66/2025 SOLICITA DO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA E TRANSPORTE-DNIT, A CONSTRUÇÃO DE PASSARELAS EM FRENTE AOS CONJUNTOS RESIDENCIAIS ANTÔNIO LINS DE SOUZA E JARBAS OITICICA, LOCALIZADOS ÀS MARGENS DA BR 104, NESTA CIDADE, PARA DAR MAIS SEGURANÇA VIÁRIA AOS MORADORES DAQUELAS COMUNIDADES.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 67/2025 SOICITA DA GESTÃO MUNICIPAL A IMPLANTAÇÃO DE UM INSTITUTO DE PRESERVAÇÃO E DIFUSÃO HISTÓRICA E CULTURAL E CULTURAL RIOLARGUENSE, NO CENTRO DE NOSSO CIDADE.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
@@ -916,72 +916,72 @@
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 76/2025 SOLICITA DA GESTÃO MUNICIPAL O ACOMPANHAMENTO DE ALIMENTAÇÃO ADEQUADA NAS ESCOLAS MUNICIPAIS PARA CRIANÇAS COM SELETIVIDADE ALIMENTAR ASSOCIADA AO TRANSTORNO DO ESPECTRO AUTISTA ( TEA), OUTROS TRANSTORNOS DO NEURODESENVOLVIMENTO, DOENÇAS HEREDITÁRIAS E COMORBIDADES CLÍNICAS.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 77/2025 SOLICITA DA GESTÃO MUNICIPAL A REFORMA E ADEQUAÇÃO DA QUADRA DO CONJUNTO RESIDENCIAL JOSÉ CARLOS PIERUCETTI, LOCALIZADO NO BAIRRO MATA DO ROLO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_078-2025_-_solicita_da_seinfra_a_ampliacao_da_praia_humaita_sendo_anexada_a_antiga_escola_marechal_deodoro_da_fonseca_com_equipamentos_de_saude_esporte_lazer_e_bem_estar_social..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_078-2025_-_solicita_da_seinfra_a_ampliacao_da_praia_humaita_sendo_anexada_a_antiga_escola_marechal_deodoro_da_fonseca_com_equipamentos_de_saude_esporte_lazer_e_bem_estar_social..pdf</t>
   </si>
   <si>
     <t>IND Nº 78/2025 - Solicita da SEINFRA a ampliação da Praia Humaitá, sendo anexada a antiga Escola Marechal Deodoro da Fonseca, com equipamentos de Saúde, esporte, lazer e bem estar social.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 79/2025 SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DE PROGRAMAS E INCENTIVOS PARA TORNAR RIO LARGO UM POLO DE PRODUÇÃO AGRÍCOLA NO ESTADO DE ALAGOAS.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2133/cras_e_cadastro_unico_brasil_novo.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2133/cras_e_cadastro_unico_brasil_novo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 080/2025 - SOLICITA A GESTÃO MUNICIPAL A REALOCAÇÃO DA UNIDADE DO CRAS TABULEIRO E A IMPLANTAÇÃO DE EXTENSÃO DO CADASTRO ÚNICO E PROGRAMA BOLSA FAMÍLIA NO BAIRRO BRASIL NOVO.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 81/2025 SOLICITA DA GESTÃO MUNICIPAL ENVIO DE PROJETO DE LEI PARA A REESTRUTURAÇÃO DO PLANO DE CARGOS, CARREIRAS E REMUNERAÇÃO - PCCR, DOS PROFISSIONAIS DA EDUCAÇÃO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 82/2025 SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM PALHOÇÃO JUNINO, COM CIDADE CENOGRÁFICA, NO CENTRO DE NOSSA CIDADE PARA A REALIZAÇÃO DE FESTEJOS TRADICIONAIS COM APRESENTAÇÕES ARTÍSTICAS E CULTURAIS TÍPICAS, BEM COMO A REALIZAÇÃO DE PALHOÇÕES EM OUTROS BAIRROS DE NOSSA CIDADE COMO BRASIL NOVO E CONJUNTO ANTÔNIO LINS.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
@@ -1030,51 +1030,51 @@
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>IND Nº 88/2025 - SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UMA ACADEMIA DE SAÚDE NO BAIRRO DE LOURENÇO DE ALBUQUERQUE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>IND Nº 89/2025 - SOLICITA DA GESTÃO MUNICIPAL A IMPLANTAÇÃO DO PROGRAMA “FARMÁCIA NA HORA”, NO MUNICÍPIO DE RIO LARGO/AL.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2145/espaco_crossfit.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2145/espaco_crossfit.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 090/2025 - SOLICITA DA GESTÃO MUNICIPAL A CONSTRUÇÃO DE UM ESPAÇO PÚBLICO DESTINADO À PRÁTICA DE CROSSFIT.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>IND Nº 91/2025 - SOLICITA DA GESTÃO MUNICIPAL A CRIAÇÃO DA OUVIDORIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE RIO LARGO E DA EQUIPE MULTIDISCIPLINAR DE APOIO AO SERVIDOR PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>IND Nº 92/2025 - Solicita da Gestão Municipal a ampliação da reforma do prédio da Escola Municipal Judith Paiva, para atender as necessidades da educação em tempo integral.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
@@ -1096,51 +1096,51 @@
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 95/2025 SOLICITA DA SECRETARIA DE ESTADO DA ASSISTÊNCIA SOCIAL A REALIZAÇÃO DE CONVÊNIO COM O MUNICÍPIO DE RIO LARGO PARA A VIABILIZAÇÃO DE PROGRAMAS E BENEFÍCIOS QUE PROMOVAM A QUALIFICAÇÃO PROFISSIONAL PARA FACILITAR O ACESSO AO PRIMEIRO EMPREGO DOS NOSSOS JOVENS E ADOLESCENTES.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 96/2025 PARCERIA ENTRE A SALA  LILÁS ( INTEGRADA À CISP ) E A SECRETARIA  MUNICIPAL DA MULHER NO MUNICÍPIO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2162/asfalto_brasil_novo.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2162/asfalto_brasil_novo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 097/2025 - SOLICITAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO BRASIL NOVO, COM PRIORIDADE PARA AS VIAS PRINCIPAIS E TRANSVERSAIS DOS CONJUNTOS RESIDENCIAIS.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 98/2025 SOLICITA DA GESTÃO MUNICIPAL UMA REFORMA GERAL NA FEIRA DA MULAMBEIRA , CENTRO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>INDICAÇÃO N°99/225 SOLICITA DA GESTÃO MUNICIPAL A IMPLEMENTAÇÃO DE UMA FEIRA-LIVRE PARA ATENDER AOS MORADORES DO CONJUNTO RESIDENCIAL JARBAS OITICICA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
@@ -2559,456 +2559,456 @@
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 08/2025 CONCEDE TÍTULO HONORÍFICO À SENHORA MLLINA TORRES FREITAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 09/2025 CONCEDE A COMENDA " MESTRE ZINHO" AO SENHOR MILTON MUNIZ DE ASSIS.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N°10/2025 CONCEDE A COMENDA " JAREDE VIANA" AO SENHOR JAVAN SAMI ARAÚJO DOS SANTOS.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>PDL Nº 11/2025 - CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO DE RIO LARGO AO ILMO. SR. JEFFERSON DA SILVA MELO - "BROCOIÓ JÚNIOR".</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>PDL Nº 12.2025 - CONCEDE A COMENDA "MESTRE ZINHO" A SENHORA MELLINA TORRES FREITAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N°14/2025 CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE RIO LARGO, AO EXMO. DR ORLANDO ROCHA FILHO.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Pedro Carlos da Silva Neto</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf</t>
   </si>
   <si>
     <t>PLC Nº 01/2025 - Dispõe sobre o Plano Diretor Municipal do Município de Rio Largo, Estado de Alagoas.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf</t>
   </si>
   <si>
     <t>PLC Nº 02/2025 - Dispõe sobre o Sistema Tributário do Município de Rio Largo, Estado de Alagoas e, dá outras providências.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2326/projeto_de_lei_complementar_no_003.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2326/projeto_de_lei_complementar_no_003.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo..pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR N°03/2025 DISPÕE SOBRE O SISTEMA TRIBUTÁRIO DO MUNICÍPIO DE RIO LARGO, ESTADO DE ALAGOAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Executivo</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2012/projet1.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2012/projet1.pdf</t>
   </si>
   <si>
     <t>PLE Nº 03/2025 - Dispõe sobre delimitação das áreas que compõem os bairros da cidade de Rio Largo/AL e define suas denominações.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_lei_do_executivo_no_04.2025_-_dispoe_sobre_o_parcelamento_do_solo.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_lei_do_executivo_no_04.2025_-_dispoe_sobre_o_parcelamento_do_solo.pdf</t>
   </si>
   <si>
     <t>PLE Nº 04/2025 - Dispõe sobre o parcelamento do solo para fins urbanos no município de Rio Largo, estado de Alagoas.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_do_executivo_no_05.2025_-_dispoe_sobre_o_uso_e_ocupacao_do_solo_urbano.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_do_executivo_no_05.2025_-_dispoe_sobre_o_uso_e_ocupacao_do_solo_urbano.pdf</t>
   </si>
   <si>
     <t>PLE Nº 05/2025 - Dispõe sobre o uso e a ocupação do solo urbano do município de Rio Largo, estado de Alagoas.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_lei_do_executivo_no_06.2025_-_institui_plano_de_mobilidade_urbana_de_rio_largo_-_planmob_rio_largo.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_lei_do_executivo_no_06.2025_-_institui_plano_de_mobilidade_urbana_de_rio_largo_-_planmob_rio_largo.pdf</t>
   </si>
   <si>
     <t>PLE Nº06/2025 - Institui o Plano de Mobilidade Urbana de Rio Largo/AL - PLANMOB Rio Largo, e estabelece as diretrizes para acompanhamento e o monitoramento de sua implementação, avaliação e revisão periódica.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 07/2025 DISPÕE SOBRE SRVIÇO DE INSPEÇÃO SANITÁRIA E INDUSTRIAL DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2020/ple.08.2025_planoprimeirainfancia.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2020/ple.08.2025_planoprimeirainfancia.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 07/2025 DISPÕE SOBRE SERVÇO DE INSPEÇÃO SANITÁRIA E INDUSTRIAL DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCAS.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_n_09-2025_novo_ok.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_n_09-2025_novo_ok.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N°09/2025 DISPÕE SOBRE A APROVAÇÃO DA PLANTA GENÉRICA DE VALORES - PGV. PARA A FISCALIZAÇÃO DOS VALORES VENAIS DOS IMÓVEIS SITUADOS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>PLL Nº 06, DE 11 DE MARÇO DE 2025 - CRIA O PROGRAMA MUNICIPAL DE INCENTIVO A JOVENS MULHERES NO ESPORTE 'ELAS ATLETAS' NO MUNICÍPIO DE RIO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 11/2025 DISPÕE SOBRE A AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL NA LEI ORÇAMENTÁRIA ANUAL DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 12/2025 DISPÕE SOBRE A AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESP-ECIAL NA LEI ORÇAMENTÁRIA ANUAL DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N°13/2025 DISPÕE SOBRE A INSTITUIÇÃO DE INCEMTIVO DA PARCELA ÚNICA PARA OS PROFISSIONAIS EQUIPE SAÚDE DA FAMILIA - ESF, DAÚDE BUCAL-ESB, E-MULTI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2113/ple_no142025_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_especial_na_lei_orcamentaria_anual_de_2025_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2113/ple_no142025_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_especial_na_lei_orcamentaria_anual_de_2025_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>PLE Nº14/2025 - DISPÕE SOBRE A AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL NA LEI ORÇAMENTÁRIA ANUAL DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 15/2025 DISPÕE A ALTERAÇÃO DA EMENTA E DO ARTIGO 1° DA LEI N°2.026 DE 05 DE MARÇO DE 2024.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>PROJETO DE LEI  EXECUTIVO N° 16/2025 INSTITUI O PROGRAMA ALIMENTA + RIO LARGO NO ÂMBITO DO MUNICÍPIO DE RIO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2130/ple_no_18_de_06_de_maio_de_2025_-_reajusta_os_valores_vencimento_em_vigor_do_pessoal_da_rede_publica_municipal_de_ensino_de_rio_largo..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2130/ple_no_18_de_06_de_maio_de_2025_-_reajusta_os_valores_vencimento_em_vigor_do_pessoal_da_rede_publica_municipal_de_ensino_de_rio_largo..pdf</t>
   </si>
   <si>
     <t>PLE Nº 18 de 06 de maio de 2025 - Reajusta os Valores Vencimento em Vigor do Pessoal da Rede Pública Municipal de Ensino de Rio Largo, e dá outras providências.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 19/2025 DISPÕE SOBRE A REESTRUTURAÇÃO , EXTIÇÃO E CRIAÇÃO DE CARGOS E VAGAS NO QUADRO DE PESSOAL EFETIVO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE RIO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 20/2025 AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR IMÓVEL MUNCIPAL QUE MENCIONA, AO ESTADO D ALAGOAS, PARA CONSTRUÇÃO DO CEU DA CULTURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 21/2025-DISPOE SOBRE A INSTITUIÇÃO  DO PRGRAMA DE RECUPERAÇÃO FISCAL REFIS - NO MUNICÍPIO DE RIO LARGO PARA O SEGUNDO SEMESTRE DO ANO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 22/2025 ENCAMINHAMENTO E SOLICITAÇÃO DE TRAMITAÇÃO EM REGIME DE URGÊNCIA-PROJETO DE LEI N° 22/2025-PROGRAMA ALIMENTA + RIO LARGO.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2346/projeto_de_lei_do_executivo_no_23.2025_-_ppa_2026-2029.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2346/projeto_de_lei_do_executivo_no_23.2025_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 23/2025- DE 30 DE JUNHO DE 2025-INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE RIO LARGO PARA O QUADRIENIO 2026-2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 24/2025 DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DO ORÇAMENTO PARA O EXERCÍCIO DE RIO LARGO/AL , E DÁ OUTRAS PRVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 25/2025 AUTORIZA A DOAÇÃO DE IMOÓVEL DEPROPRIEDADE DO MUNICÍPIO DE RIO LARGO AO ESTADO DE ALAGOAS, DESTINADO À CONSTRUÇÃO DE CRECHE DO PROGRAMA CRIANÇA ALAGOANA ( CRECHE CRIA ) , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf</t>
   </si>
   <si>
     <t>PLE Nº 26/2025 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE RIO LARGO PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS (PLOA)</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2348/pdfs_ple_no_27-2025_-_contratar_operacao_de_credito_-_fonplata.pdf-b15d3249-1f1a-41f8-9c51-7c84887353f9.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2348/pdfs_ple_no_27-2025_-_contratar_operacao_de_credito_-_fonplata.pdf-b15d3249-1f1a-41f8-9c51-7c84887353f9.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°27/2025 AUTORIZA O PODER EXECUTIVO A CONTRTAR OPERAÇÃO DE CRÉDITO EXTERNA JUNTO AO FUNDO FINANCEIRO PARA O DESENVOLVIMENTO DA BACIA DO PRATA-FONPLATA, DESTINADA AO FINANCIAMENTO PARCIAL DO PRGRAMA DE MOBILIDADE E DESENVOLVIMENTO SOCIAMBIENTAL DE RIO LARGO, CONTEMPLANDO AÇÕES DE INFRAESTRUTURA E MOBILIDADE URBANA, E DESENVOLVIMENTO URBANO, MEIO AMBIENTE E ESGOTAMENTO SANITÁRIO, E DESENVOLVIMENTO URBANO E EQUIPAMENTOS PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>ALTERA O ART. 3° DA LEI N° 1.997, DE 19 DE JULHO DE 2023, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER  BOLSA AOS ESTUDADES DO ENSINO FUNDAMENTAL DA MODALIDADE EDUCAÇÃO DE JOVENS E ADULTOS-EJA , QUE FAZEM PARTE DA REDE MUNICIPAL DE ENSINO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>PROJETO DE LEI EXECUTIVO N° 29/2025 DISPÕE SOBRE A INSTITUIÇÃO DO PROGRMA DE RECUPERAÇÃO FISCAL-REFIS- NO MUNICÍPIO DE RIO LARGO PARA O SEGUNDO SEMESTRE DO ANO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf</t>
   </si>
   <si>
     <t>PLE Nº 30/2025 - INSTITUI O SISTEMA MUNICIPAL DE APOSTAS E LOTERIAS NO ÂMBITO DO MUNICÍPIO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2379/ple_31.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2379/ple_31.pdf</t>
   </si>
   <si>
     <t>PLE Nº 31/2025 - DOAÇÃO DE IMÓVEL PARA O PROGRAMA MINHA CASA, MINHA VIDA.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_01.2025_criacaodoscargosdamesa.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_01.2025_criacaodoscargosdamesa.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 01/2025 ALTERA OS ANEXOS I, II E III DA LEI MUNICPAL N° 1.984 DE 19 DE MAIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_02.2025_criacaocargosdiretorialicitacaocontratos.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_02.2025_criacaocargosdiretorialicitacaocontratos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATVO N° 02/2025 CRIA A DIRETORIA DE LICITAÇÕES, CONTRATOS E COMPRAS DA CÂMARA MUNICIPAL DE RIO LARGO/A, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2043/pdl_no_03_de_05_de_fevereiro_de_2025_-_programa_amigo_da_escola.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2043/pdl_no_03_de_05_de_fevereiro_de_2025_-_programa_amigo_da_escola.pdf</t>
   </si>
   <si>
     <t>PLL Nº 03, DE 10 DE FEVEREIRO DE 2025 - DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “ADOTE UMA ESCOLA”, COM O OBJETIVO DE ESTABELECER PARCERIAS ENTRE AS ESCOLAS DA REDE MUNICIPAL DE ENSINO E EMPRESAS PRIVADAS.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 04/2025 DISPÕE SOBRE A IENTIFICAÇÃO DE AUNOS COM DEFICIÊNCAS VISUAIS NA REDE MUNICIPAL DE ENSINO E A REALIZAÇÃO DE ESTUDOS TÉCNICOS PARA A IMPLEMENTAÇÃO DE MEDIDAS DE APOIO, INCLUINDO O POSSÍVEL FORNECIMENTO DE ÓCULOS A ESTUDANTES DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>PROJETO DE LEI  N° 05/2025 DECLARA DE ULTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA AMIGOS EM AÇÃO, NOS TERMOS DAS LEIS MUNICIPAIS N° 1.747 E 1.767/17.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2068/pdl_no_no_06_de_11_de_marco_de_2025_-_elas_atletas.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2068/pdl_no_no_06_de_11_de_marco_de_2025_-_elas_atletas.pdf</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 07/2025 ADICIONAL DE INSALUBRIDADE PARA OS SERVIDORES AUXILIARES DE NUTRIÇÃO ESCOLAR.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2083/pll_no_no_08_de_19_de_marco_de_2025_-_primeiros_socorros.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2083/pll_no_no_08_de_19_de_marco_de_2025_-_primeiros_socorros.pdf</t>
   </si>
   <si>
     <t>PLL Nº 08, DE 19 DE MARÇO DE 2025 - DISPÕE SOBRE A OBRIGATORIEDADE DA CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS PARA PROFESSORES E FUNCIONÁRIOS DE ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS NO MUNICÍPIO DE RIO LARGO, NOS TERMOS DA LEI FEDERAL Nº 13.722/2018 (LEI LUCAS).</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2108/pll_no_no_010_de_25_de_marco_de_2025_-_aplicativo_da_saude.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2108/pll_no_no_010_de_25_de_marco_de_2025_-_aplicativo_da_saude.pdf</t>
   </si>
   <si>
     <t>PLL Nº 010, DE 25 DE MARÇO DE 2025 - DISPÕE SOBRE A CRIAÇÃO DO APLICATIVO "RIO LARGO + SAÚDE", PARA MARCAÇÃO DE CONSULTAS, EXAMES E SERVIÇOS DA REDE MUNICIPAL DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N°11/2025 DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PROTEÇÃO DOS DIREITOS DAS PESSOAS COM TRISSOMIA DO21 (T21) NO MUNICÍPIO DE RIO LARGO/AL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 12/2025 DISPÕE SOBRE O PROGRAMA " REMÉDIO EM CASA",DESTINADO A CRIAR MECANISMOS NECESSÁRIOS PARA A ENTREGA DOMICILIAR GRATUITA DE MEDICAMENTOS DE USO CONTÍNUO A PACIENTES IDOSAOS E/OU PORTADORES DE DOENÇAS CRÔNICAS, REGULARMENTE INSCRITOS E ATENDIDOS NOS PROGRAMAS MUNICIPAIS DE ASSISTÊNCIA FARMACÊUTICA E FORNECIMENTO DE MEDICAMENTOS E ASSEMELHADOS, NO ÂMBITO DO MUNICÍPIO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N°13/2025 AUTORIZA O PODER EXECUTIVO MUNICIPAL A FORMENTAR OS MOVIMENTOS CULTURAIS DO MUNICÍPIO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>PROJETO DE LEI LGISLATIVI N° 14/2025 DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO COMNUNITÁRIA DO BRASIL NOVO E ADJACÊNCIAS-ACBNA, NOS TERMOS DAS LEIS MUNICIPAIS N°1.747 e 1.767/17.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 15/2025  ALTERA A LEI MUNICIPAL N° 1.644/2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 16/2025.  DISPÕE SOBRE A DECLARAÇÃO DAS BANDAS FANFARRAS DO MUNICÍPIO DE RIO LARGO COMO PATRIMÔNIO IMATERIAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2146/pll_no_no_017_de_19_de_maio_de_2025_-_bombeiro_mirim.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2146/pll_no_no_017_de_19_de_maio_de_2025_-_bombeiro_mirim.pdf</t>
   </si>
   <si>
     <t>PLL Nº 017, DE 19 DE MAIO DE 2025 - INSTITUI, NO ÂMBITO DO MUNICÍPIO DE RIO LARGO, A ESCOLA DE BOMBEIRO CIVIL MIRIM, POR MEIO DE PARCERIA ENTRE A SECRETARIA MUNICIPAL DE EDUCAÇÃO E A SECRETARIA MUNICIPAL DE DEFESA CIVIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2151/pll_no_no_018_de_27_de_maio_de_2025_-_oca.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2151/pll_no_no_018_de_27_de_maio_de_2025_-_oca.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 18/2025 AUTORIZA O PODER EXECUTIVO A IMPLEMENTAR O ORÇAMENTO DA CRIANÇA E DO ADOLESCENTE (OCA) NO MUNICÍPIO DE RIO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 19/2025 DISPÕE SOBRE A OBRIGATORIEDADE DA CLIATIZAÇÃO DAS SALAS DE AULA E ESPAÇOS ADMINISTRATIVOS DAS UNIDADES ESCOLARES DS REDE MUNICIPAL DE ENSINO DE RIO LARGO /AL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2161/pll_no_no_021_de_03_de_junho_de_2025_-_patrulha_pessoa_idosa.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2161/pll_no_no_021_de_03_de_junho_de_2025_-_patrulha_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>PLL Nº 021, DE 03 DE JUNHO DE 2025 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA "PATRULHA DA PESSOA IDOSA", DESTINADO À PREVENÇÃO, PROTEÇÃO E ENFRENTAMENTO À VIOLÊNCIA CONTRA A PESSOA IDOSA NO MUNICÍPIO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N ° 22/2025 INSTITUI O PROGRAMA DE APOIO À AMAMENTAÇÃO ATRAVÉS DE CONSULTORIA DOMICILIAR ESPECIALIZADA  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 23/2025 DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL PARA FORNECER CESTAS, BÁSICAS MENSAIS AOS SERVIDORES PÚBLICOS QUE ATUAM NA COLETA DE LIXO E LIMPEZA URBANA NO MUNICÍPIO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 24/2025 INSTITUI-SE " EDUCANDO A MENTE " A SER DESENVOLVIDO NO ÂMBITO ESCOLAR DO MUNICÍPIO DE RIO LARGO/AL.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
@@ -3136,171 +3136,171 @@
   <si>
     <t>PLL Nº 46/2025 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE ALAGOAS PARA A IMPLANTAÇÃO DO SISTEMA "HELPERS" NO MUNICÍPIO DE RIO LARGO EM EVENTOS PÚBLICOS E LOCAIS DE GRANDE CIRCULAÇÃO DE PESSOAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 47/2025 DISPÕE SOBRE A EXIGÊNCIA DE CERTIDÃO DE ANTECEDENTES CRIMINAIS PARA PESSOAS CONTRATADAS PARA PRESTAR SERVIÇOS NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA OUINDIRETA.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° ESTALBELECE A OBRIGATORIEDADE DA APRESENTAÇÃO DE ATESTADO DE ANTECIPADO DE ANTECEDENTES CRIMINIAIS PARA ADMISSÃO DE PROFISSIONAIS NAS INSTITUIÇÕES DE ENSINO DO MUNICÍPIO DE RIO LARGO , PÚBLICAS E PRIVADAS.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 49/2025 AUTORIZA O MUNICÍPIO DE RIO LARGO A EXIGIR A APRESENTAÇÃO DE ANTECEDENTES CRIMINAIS E A REALIZAÇÃO DE INVESTIGAÇÃO, CONTRATAÇÃO E POSSE DE SERVIDORES PÚBLICOS COMISSIONADOS, CONTRATADOS E EFETIVOS, QUE EXERCEM FUNÇÕES DE ATENDIMENTO, CUIDADO, ORIENTAÇÃO, VIGILÂNCIA OU ACOMPANHAMENTO DIRETO DE CRIANÇAS E ADOLESCENTES NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2265/pll_no_50_-_dispoe_sobre_a_criacao_de_servico_publico_de_transporte_coletivo_de_passageiros_pelo_sistema_de_vlt_e_art..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2265/pll_no_50_-_dispoe_sobre_a_criacao_de_servico_publico_de_transporte_coletivo_de_passageiros_pelo_sistema_de_vlt_e_art..pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 50/2025 DISPÕE SOBRE A CRIAÇÃO DE SERVIÇO PÚBLICO DE TRANSPORTE COLETIVO DE PASSAGEIROS PELO SISTEMA DE VLT E ART NA CIDADE DE RIO LARGO.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>PLL Nº 51/2025 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTALAR CÂMERAS DE VIDEOMONITORAMENTO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf</t>
   </si>
   <si>
     <t>PLL Nº 52/2025 - DISPÕE SOBRE A INSTITUIÇÃO DE NORMAS DE QUALIDADE, VISTORIA, MANUTENÇÃO, TRANSPARÊNCIA, PARTICIPAÇÃO CIDADÃ, FISCALIZAÇÃO E PENALIDADES APLICÁVEI AO SERVIÇO TRANSPORTE PÚBLICO COLETIVO E ALTERNATIVO, MUNICIPAL E INTERMUNICIPAL, NO ÂMBITO DO MUNICÍPIO DE RIO LARGO/AL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>PLL Nº 53/2025 - INSTITUI O PROGRAMA DE VACINAÇÃO DOMICILIAR PARA PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NO ÂMBITO DO MUNICÍPIO DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>PLL Nº 54/2025 - INSTITUI NO MUNICÍPIO DE RIO LARGO "PROGRAMA FILA ZERO" PARA PACIENTES ONCOLÓGICOS DIAGNOSTICADOS E CADASTRADOS NA SECRETARIA MUNICIPAL DE SAÚDE, GARANTINDO PRIORIDADE IMEDIATA NO ATENDIMENTO NAS UNIDADES BÁSICAS DE SAÚDE E NA MARCAÇÃO DE CONSULTAS E EXAMES NOS LABORATÓRIOS CONVENIADOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>PLL Nº 55/2025 - DISPÕE SOBRE A OBRIGATORIEDADE DE ACESSIBILIDADE E COMUNICAÇÃO INCLUSIVA EM TODOS OS EVENTOS PÚBLICOS REALIZADOS OU APOIADOS PELO PODER PODER PÚBLICO MUNICIPAL DE RIO LARGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 56/2025 I8NSTITUI O PORTAL MUNICIPAL DE DIREITOS E SERVIÇOS PARA FAMÍLIAS NEURODIVEGENTES ( TEA E DEMAIS DEFICIÊNCIAS VISÍVEIS E NÃO VISIVEIS ) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2338/pll_no_57.2025_-_criacao_de_banco_municipal_de_emprestimos_e_equipamentos_ortopedicos.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2338/pll_no_57.2025_-_criacao_de_banco_municipal_de_emprestimos_e_equipamentos_ortopedicos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 57/2025 ESTABELECE DIRETRIZES PARA A CRIAÇÃO DO BANCO MUNICIPAL DE EMPRÉSTIMO DE WQUIPAMENTOS ORTOPÉDICOS O MUNICÍPIO DE RIO LARGO/AL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2336/pll_no_58.2025_-_institui_no_ambito_do_municipio_a_semana_educativa_de_combate_a_violencia_contra_a_mulher_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2336/pll_no_58.2025_-_institui_no_ambito_do_municipio_a_semana_educativa_de_combate_a_violencia_contra_a_mulher_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 58/2025 INSTITUI, NO ÂMBITO DO MUNIVÍPIO FR RIO LARGO, A SEMANA EDUCATIVA DE COMBATE À VIOLÊNCIA CONTRA A MULHER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2337/pll_no_59.2025_-_programa_municipal_cuidar_de_quem_cuida.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2337/pll_no_59.2025_-_programa_municipal_cuidar_de_quem_cuida.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N° 59/2025 INSTITUI O PROGRAMA MUNICIPAL " CUIDAR DE QUEM CUIDA", VALORIZAÇÃO E FORTALECIMENTO DAS MÃES E RESPONSÁVEIS CUIDADORES DE PESSOAS COM DEFICI~ENCIA, TRANSTORNO AUTISTA ( TEA ), TRISSOMOA 31 E OUTRAS DOENÇAS CRÔNICAS OU RARAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2351/pll_no_60.2025_-_obrigatoriedade_de_inclusao_cadastro_de_unidades_domesticas_relativo_ao_quantitativo_de_animais_domesticos.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2351/pll_no_60.2025_-_obrigatoriedade_de_inclusao_cadastro_de_unidades_domesticas_relativo_ao_quantitativo_de_animais_domesticos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO N°60/2025 DISPÕE SOBRE A OBRIGATORIEDADE DE INCLUSÃO, NO CADASTRO DE UNIDADES DOMÉSTICAS DO MUNICÍPIO, DAS INFORMAÇÕES RELATIVAS AO QUANTITATIVO E O TIPO DE ANIMIS DOMÉSTICOS EXISTENTES, PARA FINS DE CONTROLE SANITÁRIO, AMBIENTAL E DE PROMOÇÃO DO BEM-ESTAR ANIMAL E HUMANO.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2373/pll_no_612025_-_reconhece_os_catadores_e_catadoras_de_materiais_reciclaveis_como_agentes_ambientais_no_municipio_de_rio_largo_institui_diretrizes_para_sua_atuacao_e_para_politicas_de_apoio_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2373/pll_no_612025_-_reconhece_os_catadores_e_catadoras_de_materiais_reciclaveis_como_agentes_ambientais_no_municipio_de_rio_largo_institui_diretrizes_para_sua_atuacao_e_para_politicas_de_apoio_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>PLL Nº 61/2025 - RECONHECE OS CATADORES E CATADORAS DE MATERIAIS RECICLÁVEIS COMO AGENTES AMBIENTAIS NO MUNICÍPIO DE RIO LARGO, INSTITUI DIRETRIZES PARA SUA ATUAÇÃO E PARA POLÍTICAS DE APOIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 01/2025</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2132/002_-_convocacao_sessoes_extraordinarias.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2132/002_-_convocacao_sessoes_extraordinarias.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2025/GVPDC - CONVOVAÇÃO DE SESSÕES EXTRAORDINÁRIAS.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2150/002_-_obras_brasil_novo_e_tavares_granja.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2150/002_-_obras_brasil_novo_e_tavares_granja.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 002/2025 - Solicita informações ao Ministério Público acerca das obras realizadas no Complexo Brasil Novo, em decorrência de Termos de Ajustamento de Conduta (TACs) firmados entre o Ministério Público, empresa Buriti e a Prefeitura Municipal de Rio Largo, bem como das obras realizadas Conjunto Tavares Granja (Mata do Rolo), em decorrência de problemas graves nas execuções e seus impactos para a população de Rio Largo.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>REQUERMENTO N° 003/2025</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 05/2025 SOLICITA DA GESTÃO MUNICIPAL E DA SEINFRA, SOBRE A PROPRIEDADE DA ANTIGA ESCOLA CENECISTA , LOCALIZDA NO CONJUNTO FERNANDES TORRES, NO BAIRRO ANTÔNIO LINS DE SOUZA ( TABULEIRO DO PINTO ).</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 06/2025 CONTRATO DE CONCESSÃO DA EMPRESA VELEIRO TRANSPORTE E TURISMO LTDA.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
@@ -3313,198 +3313,198 @@
   <si>
     <t>REQUERIMENTO N° 08/2025 TRATAR A ATUAL SITUAÇÃO DA EMPRESA VELEIRO .</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>REQ Nº 09/2025 - REQUERER QUE APÓS A DELIBERAÇÃO DO PLENÁRIO SEJA ENCAMINHADO OFÍCIO A SECRETARIA MUNICIPAL DE LAZER, CULTURA, ESPORTE E TURISMO "SELCET" SOLICITANDO INFORMAÇÃOES DETALHADAS SOBRE A RECENTE PUBLICAÇÃO DA PORTARIA Nº 2397/2025, DE 09 DE SETEMBRO DE 2025, QUE ESTABELECEU A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE CULTURA JDE RIO LARGO, CRIADO PELA LEI MUNICIPAL Nº 2040/2024.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INSTALAÇÃO DE COMISSÃO ESPECIAL DE INQUÉRITO</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2345/veto_total_ao_projeto_de_lei_no_47.2025_-_antecedentes_criminais_para_pessoas_contratadas.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2345/veto_total_ao_projeto_de_lei_no_47.2025_-_antecedentes_criminais_para_pessoas_contratadas.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PLL Nº 47/2025 (Dispõe sobre a exigência de certidão de antecedentes criminais para pessoas contratadas para prestar serviços na administração pública municipal direta ou indiretamente.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>VETOT</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2275/veto_total_ao_projeto_de_lei_do_legislativo_no_19-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2275/veto_total_ao_projeto_de_lei_do_legislativo_no_19-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO PODER LEGISLATIVO Nº 19/2025</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2276/veto_total_ao_projeto_de_lei_do_poder_legislativo_no_28-2025..pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2276/veto_total_ao_projeto_de_lei_do_poder_legislativo_no_28-2025..pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO PODER LEGISLATIVO Nº 28/2025.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2277/veto_total_ao_projeto_de__lei_do_legislativo_no_18-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2277/veto_total_ao_projeto_de__lei_do_legislativo_no_18-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE  LEI DO LEGISLATIVO Nº 18/2025</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2278/veto_total_ao_projeto_de_lei_do_legislativo_no_31-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2278/veto_total_ao_projeto_de_lei_do_legislativo_no_31-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO LEGISLATIVO Nº 31/2025</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2279/veto_total_ao_projeto_de_lei_do_legislativo_no_22-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2279/veto_total_ao_projeto_de_lei_do_legislativo_no_22-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO LEGISLATIVO Nº 22/2025</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2280/veto_total_do_projeto_de_lei_do_legislativo_no_36-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2280/veto_total_do_projeto_de_lei_do_legislativo_no_36-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL DO PROJETO DE LEI DO LEGISLATIVO Nº 36/2025</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2281/veto_total_do_projeto_de_lei_do_legislativo_no_23-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2281/veto_total_do_projeto_de_lei_do_legislativo_no_23-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO LEGISLATIVO Nº 23/2025</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2282/veto_total_do_projeto_de_do_legislativo_no_12-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2282/veto_total_do_projeto_de_do_legislativo_no_12-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO LEGISLATIVO Nº 12/2025.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2283/veto_total_do_projeto_de_lei_do_legislativo_no_21-2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2283/veto_total_do_projeto_de_lei_do_legislativo_no_21-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI LEGISLATIVO Nº 21/2025</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2347/veto_total_ao_projeto_de_lei_do_legislativo_-_no_42.2025.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2347/veto_total_ao_projeto_de_lei_do_legislativo_-_no_42.2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO LEGISLATIVO DE Nº 42/2025, QUE DISPÕE SOBRE A ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) PARA OS RESPONSÁVEIS LEGAIS POR PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NO MUNICÍPIO DE RIO LARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>REQI</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO N° 01/2025 SOLICITA DA GESTÃO MUNICIPAL E DA SEMED, INFORMAÇÕES SOBRE AS ESCOLAS QUE ESTÃO SEM O FUNCIONMANTO E UTILIZAÇÃO DE AR CONDICIONADOS NAS SALAS DDE AULA, SEJA POR FALTA DE MANUTENÇÕ, INSTALAÇÃO OU AQUISIÇÃO.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO N° 02/2025 SOLICITA DA GESTÃO MUNICIPA O ENVIO DAS INFORMAÇÕES DE PAGAMENTO DE VALORES, DISCRIMINAÇÃO DE SERVIÇOS E ORIGEM DOS RECURSOS NO PERÍODO DE JANEIRO DE 2022 ATÉ DEZEMBRO DE 2024, DASD EMPRESAS ABAIXO RELACIONADAS.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 03/2025</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 04/2025</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 05/2025</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO Nº 06/2025</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2310/requerimento_no_11-2025_-_ver._douglas_costa.pdf</t>
+    <t>http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2310/requerimento_no_11-2025_-_ver._douglas_costa.pdf</t>
   </si>
   <si>
     <t>REQ INF Nº 11/2025 - REQUER DA MESA DIRETORA E A PRESIDÊNCIA DESTA CASA LEGISLATIVA QUE SEJA AUTORIZADA A COMISSÃO DE JUSTIÇA, LEGISLAÇÃO E REDAÇÃO FINAL A PROCEDER COM ESTUDOS E A ELABORAÇÃO DE PROJETO DE RESOLUÇÃO DESTINADO A REVISÃO, ATUALIZAÇÃO E MODERNIZAÇÃO DA RESOLUÇÃO Nº 11/2025, QUE TRATA DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE RIO LARGO.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DE AUDIÊNCIA PÚBLICA PARA DISCUTIR AS POLÍTICAS PÚBLICAS VOLTADAS A SETOR CULTURAL DO MUNICÍPIO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>REQ INF Nº 13/2025 - REQUER A CONVOCAÇÃO DE AUDIÊNCIA PÚBLICA PARA DISCUTIR AS POLÍTICAS PÚBLICAS VOLTADAS A SETOR ESPORTIVO DO MUNICÍPIO DE RIO LARGO.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Moção de Louvor</t>
   </si>
@@ -3835,51 +3835,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_-_0062025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2069/transporte_publico.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2070/centro_de_saude_da_mulher.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2110/ubs_margarida_procopio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_078-2025_-_solicita_da_seinfra_a_ampliacao_da_praia_humaita_sendo_anexada_a_antiga_escola_marechal_deodoro_da_fonseca_com_equipamentos_de_saude_esporte_lazer_e_bem_estar_social..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2133/cras_e_cadastro_unico_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2145/espaco_crossfit.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2162/asfalto_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2326/projeto_de_lei_complementar_no_003.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2012/projet1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_lei_do_executivo_no_04.2025_-_dispoe_sobre_o_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_do_executivo_no_05.2025_-_dispoe_sobre_o_uso_e_ocupacao_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_lei_do_executivo_no_06.2025_-_institui_plano_de_mobilidade_urbana_de_rio_largo_-_planmob_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2020/ple.08.2025_planoprimeirainfancia.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_n_09-2025_novo_ok.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2113/ple_no142025_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_especial_na_lei_orcamentaria_anual_de_2025_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2130/ple_no_18_de_06_de_maio_de_2025_-_reajusta_os_valores_vencimento_em_vigor_do_pessoal_da_rede_publica_municipal_de_ensino_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2346/projeto_de_lei_do_executivo_no_23.2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2348/pdfs_ple_no_27-2025_-_contratar_operacao_de_credito_-_fonplata.pdf-b15d3249-1f1a-41f8-9c51-7c84887353f9.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2379/ple_31.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_01.2025_criacaodoscargosdamesa.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_02.2025_criacaocargosdiretorialicitacaocontratos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2043/pdl_no_03_de_05_de_fevereiro_de_2025_-_programa_amigo_da_escola.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2068/pdl_no_no_06_de_11_de_marco_de_2025_-_elas_atletas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2083/pll_no_no_08_de_19_de_marco_de_2025_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2108/pll_no_no_010_de_25_de_marco_de_2025_-_aplicativo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2146/pll_no_no_017_de_19_de_maio_de_2025_-_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2151/pll_no_no_018_de_27_de_maio_de_2025_-_oca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2161/pll_no_no_021_de_03_de_junho_de_2025_-_patrulha_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2265/pll_no_50_-_dispoe_sobre_a_criacao_de_servico_publico_de_transporte_coletivo_de_passageiros_pelo_sistema_de_vlt_e_art..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2338/pll_no_57.2025_-_criacao_de_banco_municipal_de_emprestimos_e_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2336/pll_no_58.2025_-_institui_no_ambito_do_municipio_a_semana_educativa_de_combate_a_violencia_contra_a_mulher_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2337/pll_no_59.2025_-_programa_municipal_cuidar_de_quem_cuida.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2351/pll_no_60.2025_-_obrigatoriedade_de_inclusao_cadastro_de_unidades_domesticas_relativo_ao_quantitativo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2373/pll_no_612025_-_reconhece_os_catadores_e_catadoras_de_materiais_reciclaveis_como_agentes_ambientais_no_municipio_de_rio_largo_institui_diretrizes_para_sua_atuacao_e_para_politicas_de_apoio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2132/002_-_convocacao_sessoes_extraordinarias.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2150/002_-_obras_brasil_novo_e_tavares_granja.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2345/veto_total_ao_projeto_de_lei_no_47.2025_-_antecedentes_criminais_para_pessoas_contratadas.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2275/veto_total_ao_projeto_de_lei_do_legislativo_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2276/veto_total_ao_projeto_de_lei_do_poder_legislativo_no_28-2025..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2277/veto_total_ao_projeto_de__lei_do_legislativo_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2278/veto_total_ao_projeto_de_lei_do_legislativo_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2279/veto_total_ao_projeto_de_lei_do_legislativo_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2280/veto_total_do_projeto_de_lei_do_legislativo_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2281/veto_total_do_projeto_de_lei_do_legislativo_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2282/veto_total_do_projeto_de_do_legislativo_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2283/veto_total_do_projeto_de_lei_do_legislativo_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2347/veto_total_ao_projeto_de_lei_do_legislativo_-_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2310/requerimento_no_11-2025_-_ver._douglas_costa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riolargo.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_-_0062025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2069/transporte_publico.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2070/centro_de_saude_da_mulher.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2110/ubs_margarida_procopio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_078-2025_-_solicita_da_seinfra_a_ampliacao_da_praia_humaita_sendo_anexada_a_antiga_escola_marechal_deodoro_da_fonseca_com_equipamentos_de_saude_esporte_lazer_e_bem_estar_social..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2133/cras_e_cadastro_unico_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2145/espaco_crossfit.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2162/asfalto_brasil_novo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2375/pdl_no_12.2025_-_concede_a_comenda_mestre_zinho_a_senhora_melina_torres_freitas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_lei_complementar_no_01.2025_-_dispoe_sobre_o_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2010/projeto_de_lei_complementar_no_02.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2326/projeto_de_lei_complementar_no_003.2025_-_dispoe_sobre_o_sistema_tributario_do_municipio_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2012/projet1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_lei_do_executivo_no_04.2025_-_dispoe_sobre_o_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_do_executivo_no_05.2025_-_dispoe_sobre_o_uso_e_ocupacao_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_lei_do_executivo_no_06.2025_-_institui_plano_de_mobilidade_urbana_de_rio_largo_-_planmob_rio_largo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2020/ple.08.2025_planoprimeirainfancia.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_n_09-2025_novo_ok.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2113/ple_no142025_-_dispoe_sobre_a_autorizacao_para_abertura_de_credito_especial_na_lei_orcamentaria_anual_de_2025_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2130/ple_no_18_de_06_de_maio_de_2025_-_reajusta_os_valores_vencimento_em_vigor_do_pessoal_da_rede_publica_municipal_de_ensino_de_rio_largo..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2346/projeto_de_lei_do_executivo_no_23.2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2225/projeto_de_lei_024_de_22_de_agosto_-_2025pldo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_orcamentario_anual__no_26-2025_-_ploa.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2348/pdfs_ple_no_27-2025_-_contratar_operacao_de_credito_-_fonplata.pdf-b15d3249-1f1a-41f8-9c51-7c84887353f9.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2374/ple_no_30.2025_-_institui_o_sistema_municipal_de_apostas_e_loterias..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2379/ple_31.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_01.2025_criacaodoscargosdamesa.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_02.2025_criacaocargosdiretorialicitacaocontratos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2043/pdl_no_03_de_05_de_fevereiro_de_2025_-_programa_amigo_da_escola.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2068/pdl_no_no_06_de_11_de_marco_de_2025_-_elas_atletas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2083/pll_no_no_08_de_19_de_marco_de_2025_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2108/pll_no_no_010_de_25_de_marco_de_2025_-_aplicativo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2146/pll_no_no_017_de_19_de_maio_de_2025_-_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2151/pll_no_no_018_de_27_de_maio_de_2025_-_oca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2161/pll_no_no_021_de_03_de_junho_de_2025_-_patrulha_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2265/pll_no_50_-_dispoe_sobre_a_criacao_de_servico_publico_de_transporte_coletivo_de_passageiros_pelo_sistema_de_vlt_e_art..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_52-2025_-_dispoe_sobre_a_instituicao_de_normas_de_qualidade_vistoria_manutencao_transparencia_participacao_cidada_fiscalizacao_e_penalidades_aplicavei_ao_servico_transporte_publico_coletivo....pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2338/pll_no_57.2025_-_criacao_de_banco_municipal_de_emprestimos_e_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2336/pll_no_58.2025_-_institui_no_ambito_do_municipio_a_semana_educativa_de_combate_a_violencia_contra_a_mulher_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2337/pll_no_59.2025_-_programa_municipal_cuidar_de_quem_cuida.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2351/pll_no_60.2025_-_obrigatoriedade_de_inclusao_cadastro_de_unidades_domesticas_relativo_ao_quantitativo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2373/pll_no_612025_-_reconhece_os_catadores_e_catadoras_de_materiais_reciclaveis_como_agentes_ambientais_no_municipio_de_rio_largo_institui_diretrizes_para_sua_atuacao_e_para_politicas_de_apoio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2132/002_-_convocacao_sessoes_extraordinarias.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2150/002_-_obras_brasil_novo_e_tavares_granja.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2345/veto_total_ao_projeto_de_lei_no_47.2025_-_antecedentes_criminais_para_pessoas_contratadas.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2275/veto_total_ao_projeto_de_lei_do_legislativo_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2276/veto_total_ao_projeto_de_lei_do_poder_legislativo_no_28-2025..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2277/veto_total_ao_projeto_de__lei_do_legislativo_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2278/veto_total_ao_projeto_de_lei_do_legislativo_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2279/veto_total_ao_projeto_de_lei_do_legislativo_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2280/veto_total_do_projeto_de_lei_do_legislativo_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2281/veto_total_do_projeto_de_lei_do_legislativo_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2282/veto_total_do_projeto_de_do_legislativo_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2283/veto_total_do_projeto_de_lei_do_legislativo_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2347/veto_total_ao_projeto_de_lei_do_legislativo_-_no_42.2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/sapl/public/materialegislativa/2025/2310/requerimento_no_11-2025_-_ver._douglas_costa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riolargo.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>